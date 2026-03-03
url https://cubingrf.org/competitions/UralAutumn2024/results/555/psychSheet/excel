--- v0 (2026-01-15)
+++ v1 (2026-03-03)
@@ -38,81 +38,81 @@
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Артём Сосновских</t>
   </si>
   <si>
     <t>52.89</t>
   </si>
   <si>
     <t>47.22</t>
   </si>
   <si>
     <t>Дарья Белоногова</t>
   </si>
   <si>
-    <t>1:03.83</t>
+    <t>1:00.51</t>
   </si>
   <si>
     <t>55.86</t>
   </si>
   <si>
     <t>Дмитрий Душейко</t>
   </si>
   <si>
     <t>1:04.46</t>
   </si>
   <si>
     <t>52.77</t>
   </si>
   <si>
     <t>Илья Епифанов</t>
   </si>
   <si>
     <t>1:13.84</t>
   </si>
   <si>
     <t>1:05.46</t>
   </si>
   <si>
     <t>Тимофей Терещенко</t>
   </si>
   <si>
-    <t>1:14.68</t>
-[...2 lines deleted...]
-    <t>1:09.34</t>
+    <t>1:16.84</t>
+  </si>
+  <si>
+    <t>1:06.32</t>
   </si>
   <si>
     <t>Анна Дуганова</t>
   </si>
   <si>
     <t>1:20.67</t>
   </si>
   <si>
     <t>1:15.81</t>
   </si>
   <si>
     <t>Артем Свойкин</t>
   </si>
   <si>
     <t>1:25.31</t>
   </si>
   <si>
     <t>1:14.25</t>
   </si>
   <si>
     <t>Даниил Абдулов</t>
   </si>
   <si>
     <t>1:34.57</t>
   </si>
@@ -128,54 +128,54 @@
   <si>
     <t>1:32.85</t>
   </si>
   <si>
     <t>Иван Стрешинский</t>
   </si>
   <si>
     <t>1:45.77</t>
   </si>
   <si>
     <t>1:22.26</t>
   </si>
   <si>
     <t>Егор Гущин</t>
   </si>
   <si>
     <t>1:47.17</t>
   </si>
   <si>
     <t>1:34.65</t>
   </si>
   <si>
     <t>Василий Стасьев</t>
   </si>
   <si>
-    <t>1:53.44</t>
-[...2 lines deleted...]
-    <t>1:41.29</t>
+    <t>1:57.04</t>
+  </si>
+  <si>
+    <t>1:47.63</t>
   </si>
   <si>
     <t>Алексей Барвинк</t>
   </si>
   <si>
     <t>2:03.24</t>
   </si>
   <si>
     <t>1:58.53</t>
   </si>
   <si>
     <t>Тимур Файрушин</t>
   </si>
   <si>
     <t>2:59.49</t>
   </si>
   <si>
     <t>Дмитрий Дуганов</t>
   </si>
   <si>
     <t>3:18.10</t>
   </si>
   <si>
     <t>Арсений Трифонов</t>
   </si>