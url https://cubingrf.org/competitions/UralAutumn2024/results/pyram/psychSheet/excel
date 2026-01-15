--- v0 (2025-12-01)
+++ v1 (2026-01-15)
@@ -17,288 +17,288 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="pyram" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="83">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Artem Sosnovskikh</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Артём Сосновских</t>
   </si>
   <si>
     <t>2.71</t>
   </si>
   <si>
     <t>1.77</t>
   </si>
   <si>
-    <t>Artem Svoykin</t>
+    <t>Артем Свойкин</t>
   </si>
   <si>
     <t>4.50</t>
   </si>
   <si>
     <t>3.31</t>
   </si>
   <si>
-    <t>Daniil Abdulov</t>
+    <t>Даниил Абдулов</t>
   </si>
   <si>
     <t>4.62</t>
   </si>
   <si>
     <t>2.17</t>
   </si>
   <si>
-    <t>Ilya Epifanov</t>
+    <t>Илья Епифанов</t>
   </si>
   <si>
     <t>4.71</t>
   </si>
   <si>
     <t>2.32</t>
   </si>
   <si>
-    <t>Darya Belonogova</t>
+    <t>Дарья Белоногова</t>
   </si>
   <si>
     <t>5.34</t>
   </si>
   <si>
     <t>3.12</t>
   </si>
   <si>
-    <t>Vasily Stasyev</t>
+    <t>Василий Стасьев</t>
   </si>
   <si>
     <t>5.53</t>
   </si>
   <si>
     <t>3.32</t>
   </si>
   <si>
-    <t>Anna Duganova</t>
+    <t>Анна Дуганова</t>
   </si>
   <si>
     <t>5.80</t>
   </si>
   <si>
     <t>3.87</t>
   </si>
   <si>
-    <t>Aleksey Pleshkov</t>
+    <t>Алексей Плешков</t>
   </si>
   <si>
     <t>5.83</t>
   </si>
   <si>
     <t>3.38</t>
   </si>
   <si>
-    <t>Timofey Tereshchenko</t>
+    <t>Тимофей Терещенко</t>
   </si>
   <si>
     <t>6.18</t>
   </si>
   <si>
     <t>4.24</t>
   </si>
   <si>
-    <t>Egor Gushchin</t>
+    <t>Егор Гущин</t>
   </si>
   <si>
     <t>6.80</t>
   </si>
   <si>
     <t>4.37</t>
   </si>
   <si>
-    <t>Sergey Bublikov</t>
+    <t>Сергей Бубликов</t>
   </si>
   <si>
     <t>7.15</t>
   </si>
   <si>
     <t>3.84</t>
   </si>
   <si>
-    <t>Alexey Ruzhinskiy</t>
+    <t>Алексей Ружинский</t>
   </si>
   <si>
     <t>7.53</t>
   </si>
   <si>
-    <t>Julia Dernovaya</t>
+    <t>Юлия Дерновая</t>
   </si>
   <si>
     <t>8.70</t>
   </si>
   <si>
     <t>6.68</t>
   </si>
   <si>
-    <t>Dmitriy Duganov</t>
+    <t>Дмитрий Дуганов</t>
   </si>
   <si>
     <t>8.81</t>
   </si>
   <si>
     <t>7.21</t>
   </si>
   <si>
-    <t>Adam Mukhametzyanov</t>
+    <t>Адам Мухаметзянов</t>
   </si>
   <si>
     <t>9.21</t>
   </si>
   <si>
     <t>6.60</t>
   </si>
   <si>
-    <t>Egor Melkozerov</t>
+    <t>Егор Мелкозеров</t>
   </si>
   <si>
     <t>9.46</t>
   </si>
   <si>
     <t>3.64</t>
   </si>
   <si>
-    <t>Semën Rudik</t>
+    <t>Семён Рудик</t>
   </si>
   <si>
     <t>4.84</t>
   </si>
   <si>
-    <t>Ivan Streshinskiy</t>
+    <t>Иван Стрешинский</t>
   </si>
   <si>
     <t>14.76</t>
   </si>
   <si>
     <t>8.27</t>
   </si>
   <si>
-    <t>Svetlana Kozikova</t>
+    <t>Светлана Козикова</t>
   </si>
   <si>
     <t>15.92</t>
   </si>
   <si>
     <t>10.17</t>
   </si>
   <si>
-    <t>Alisa Kozikova</t>
+    <t>Алиса Козикова</t>
   </si>
   <si>
     <t>16.86</t>
   </si>
   <si>
     <t>15.45</t>
   </si>
   <si>
-    <t>Timur Fayrushin</t>
+    <t>Тимур Файрушин</t>
   </si>
   <si>
     <t>17.80</t>
   </si>
   <si>
     <t>15.85</t>
   </si>
   <si>
-    <t>Arseny Trifonov</t>
+    <t>Арсений Трифонов</t>
   </si>
   <si>
     <t>18.00</t>
   </si>
   <si>
     <t>13.30</t>
   </si>
   <si>
-    <t>Dmitrii Krokhalev</t>
+    <t>Дмитрий Крохалев</t>
   </si>
   <si>
     <t>19.40</t>
   </si>
   <si>
     <t>18.62</t>
   </si>
   <si>
-    <t>Polina Torgashova</t>
+    <t>Полина Торгашова</t>
   </si>
   <si>
     <t>23.79</t>
   </si>
   <si>
     <t>16.49</t>
   </si>
   <si>
-    <t>Yaroslav Kulakov</t>
+    <t>Ярослав Кулаков</t>
   </si>
   <si>
     <t>29.74</t>
   </si>
   <si>
     <t>14.95</t>
   </si>
   <si>
-    <t>Gleb Trubanov</t>
+    <t>Глеб Трубанов</t>
   </si>
   <si>
     <t>32.48</t>
   </si>
   <si>
     <t>18.76</t>
   </si>
   <si>
-    <t>Daria Molokova</t>
+    <t>Дарья Молокова</t>
   </si>
   <si>
     <t>35.22</t>
   </si>
   <si>
     <t>28.52</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
@@ -627,53 +627,53 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D28"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C28" sqref="C28"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>