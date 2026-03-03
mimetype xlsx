--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -71,108 +71,108 @@
   <si>
     <t>4.62</t>
   </si>
   <si>
     <t>2.17</t>
   </si>
   <si>
     <t>Илья Епифанов</t>
   </si>
   <si>
     <t>4.71</t>
   </si>
   <si>
     <t>2.32</t>
   </si>
   <si>
     <t>Дарья Белоногова</t>
   </si>
   <si>
     <t>5.34</t>
   </si>
   <si>
     <t>3.12</t>
   </si>
   <si>
+    <t>Анна Дуганова</t>
+  </si>
+  <si>
+    <t>5.80</t>
+  </si>
+  <si>
+    <t>3.87</t>
+  </si>
+  <si>
+    <t>Алексей Плешков</t>
+  </si>
+  <si>
+    <t>5.83</t>
+  </si>
+  <si>
+    <t>3.38</t>
+  </si>
+  <si>
+    <t>Тимофей Терещенко</t>
+  </si>
+  <si>
+    <t>6.18</t>
+  </si>
+  <si>
+    <t>4.24</t>
+  </si>
+  <si>
+    <t>Егор Гущин</t>
+  </si>
+  <si>
+    <t>6.80</t>
+  </si>
+  <si>
+    <t>4.37</t>
+  </si>
+  <si>
     <t>Василий Стасьев</t>
   </si>
   <si>
-    <t>5.53</t>
-[...38 lines deleted...]
-    <t>4.37</t>
+    <t>7.24</t>
+  </si>
+  <si>
+    <t>4.52</t>
+  </si>
+  <si>
+    <t>Алексей Ружинский</t>
+  </si>
+  <si>
+    <t>7.53</t>
   </si>
   <si>
     <t>Сергей Бубликов</t>
   </si>
   <si>
-    <t>7.15</t>
+    <t>8.03</t>
   </si>
   <si>
     <t>3.84</t>
-  </si>
-[...4 lines deleted...]
-    <t>7.53</t>
   </si>
   <si>
     <t>Юлия Дерновая</t>
   </si>
   <si>
     <t>8.70</t>
   </si>
   <si>
     <t>6.68</t>
   </si>
   <si>
     <t>Дмитрий Дуганов</t>
   </si>
   <si>
     <t>8.81</t>
   </si>
   <si>
     <t>7.21</t>
   </si>
   <si>
     <t>Адам Мухаметзянов</t>
   </si>
   <si>
     <t>9.21</t>
   </si>
@@ -797,65 +797,65 @@
     <row r="11" spans="1:4">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
         <v>31</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>32</v>
       </c>
       <c r="D11" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>34</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>35</v>
       </c>
       <c r="D12" t="s">
-        <v>36</v>
+        <v>30</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
+        <v>36</v>
+      </c>
+      <c r="C13" s="1" t="s">
         <v>37</v>
       </c>
-      <c r="C13" s="1" t="s">
+      <c r="D13" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
         <v>39</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>40</v>
       </c>
       <c r="D14" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
         <v>42</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>43</v>