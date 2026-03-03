--- v0 (2026-01-16)
+++ v1 (2026-03-03)
@@ -50,60 +50,60 @@
   <si>
     <t>Дмитрий Душейко</t>
   </si>
   <si>
     <t>2:56.07</t>
   </si>
   <si>
     <t>2:46.81</t>
   </si>
   <si>
     <t>Вячеслав Кочергин</t>
   </si>
   <si>
     <t>3:08.00</t>
   </si>
   <si>
     <t>3:00.95</t>
   </si>
   <si>
     <t>Тимофей Терещенко</t>
   </si>
   <si>
     <t>3:44.06</t>
   </si>
   <si>
-    <t>3:38.81</t>
+    <t>3:36.70</t>
   </si>
   <si>
     <t>Василий Стасьев</t>
   </si>
   <si>
-    <t>4:49.52</t>
-[...2 lines deleted...]
-    <t>4:24.83</t>
+    <t>4:53.12</t>
+  </si>
+  <si>
+    <t>4:26.45</t>
   </si>
   <si>
     <t>Батырхан Гайсин</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>