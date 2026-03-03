--- v0 (2026-01-15)
+++ v1 (2026-03-03)
@@ -59,78 +59,78 @@
   <si>
     <t>Вячеслав Кочергин</t>
   </si>
   <si>
     <t>46.24</t>
   </si>
   <si>
     <t>37.79</t>
   </si>
   <si>
     <t>Тимофей Терещенко</t>
   </si>
   <si>
     <t>1:02.03</t>
   </si>
   <si>
     <t>54.26</t>
   </si>
   <si>
     <t>Семён Терсков</t>
   </si>
   <si>
     <t>1:02.38</t>
   </si>
   <si>
-    <t>55.81</t>
+    <t>58.47</t>
   </si>
   <si>
     <t>Дмитрий Душейко</t>
   </si>
   <si>
     <t>1:13.69</t>
   </si>
   <si>
     <t>1:00.59</t>
   </si>
   <si>
     <t>Александр Аникин</t>
   </si>
   <si>
     <t>1:36.23</t>
   </si>
   <si>
     <t>1:22.75</t>
   </si>
   <si>
     <t>Василий Стасьев</t>
   </si>
   <si>
-    <t>1:49.13</t>
-[...2 lines deleted...]
-    <t>1:33.97</t>
+    <t>1:49.20</t>
+  </si>
+  <si>
+    <t>1:37.27</t>
   </si>
   <si>
     <t>Батырхан Гайсин</t>
   </si>
   <si>
     <t>1:49.34</t>
   </si>
   <si>
     <t>1:35.05</t>
   </si>
   <si>
     <t>Ислам Ражев</t>
   </si>
   <si>
     <t>2:36.99</t>
   </si>
   <si>
     <t>2:10.03</t>
   </si>
   <si>
     <t>Слава Иванов</t>
   </si>
   <si>
     <t>3:49.94</t>
   </si>