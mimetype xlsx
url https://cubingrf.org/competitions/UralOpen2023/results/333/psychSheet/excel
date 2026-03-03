--- v0 (2025-11-30)
+++ v1 (2026-03-03)
@@ -35,156 +35,156 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="90">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Артём Сосновских</t>
   </si>
   <si>
     <t>5.83</t>
   </si>
   <si>
     <t>5.20</t>
   </si>
   <si>
+    <t>Вячеслав Кочергин</t>
+  </si>
+  <si>
+    <t>8.06</t>
+  </si>
+  <si>
+    <t>6.96</t>
+  </si>
+  <si>
+    <t>Даниил Абдулов</t>
+  </si>
+  <si>
+    <t>8.28</t>
+  </si>
+  <si>
+    <t>7.17</t>
+  </si>
+  <si>
+    <t>Илья Епифанов</t>
+  </si>
+  <si>
+    <t>8.64</t>
+  </si>
+  <si>
+    <t>6.24</t>
+  </si>
+  <si>
     <t>Александр Аникин</t>
   </si>
   <si>
-    <t>7.78</t>
-[...29 lines deleted...]
-    <t>6.24</t>
+    <t>8.92</t>
+  </si>
+  <si>
+    <t>6.64</t>
   </si>
   <si>
     <t>Илья Шалашный</t>
   </si>
   <si>
     <t>9.37</t>
   </si>
   <si>
     <t>7.41</t>
   </si>
   <si>
     <t>Анна Дуганова</t>
   </si>
   <si>
     <t>9.38</t>
   </si>
   <si>
     <t>8.45</t>
   </si>
   <si>
     <t>Дмитрий Душейко</t>
   </si>
   <si>
     <t>9.40</t>
   </si>
   <si>
     <t>8.21</t>
   </si>
   <si>
     <t>Лев Аронов</t>
   </si>
   <si>
     <t>9.89</t>
   </si>
   <si>
-    <t>7.82</t>
+    <t>8.47</t>
   </si>
   <si>
     <t>Степан Кобелев</t>
   </si>
   <si>
-    <t>11.07</t>
+    <t>10.86</t>
   </si>
   <si>
     <t>8.53</t>
   </si>
   <si>
     <t>Илья Горинов</t>
   </si>
   <si>
     <t>13.30</t>
   </si>
   <si>
     <t>11.97</t>
   </si>
   <si>
     <t>Ролан Хайретдинов</t>
   </si>
   <si>
     <t>16.37</t>
   </si>
   <si>
     <t>12.98</t>
   </si>
   <si>
     <t>Василий Стасьев</t>
   </si>
   <si>
     <t>16.87</t>
   </si>
   <si>
-    <t>14.65</t>
+    <t>15.02</t>
   </si>
   <si>
     <t>Азалия Гафарова</t>
   </si>
   <si>
     <t>17.63</t>
   </si>
   <si>
     <t>14.40</t>
   </si>
   <si>
     <t>Максим Мухамадеев</t>
   </si>
   <si>
     <t>18.62</t>
   </si>
   <si>
     <t>16.22</t>
   </si>
   <si>
     <t>Ислам Ражев</t>
   </si>
   <si>
     <t>22.22</t>
   </si>
@@ -224,75 +224,75 @@
   <si>
     <t>30.64</t>
   </si>
   <si>
     <t>23.07</t>
   </si>
   <si>
     <t>Данир Зайнетдинов</t>
   </si>
   <si>
     <t>31.88</t>
   </si>
   <si>
     <t>25.93</t>
   </si>
   <si>
     <t>Михаил Михрин</t>
   </si>
   <si>
     <t>36.02</t>
   </si>
   <si>
     <t>33.04</t>
   </si>
   <si>
+    <t>Арслан Бикметов</t>
+  </si>
+  <si>
+    <t>38.74</t>
+  </si>
+  <si>
+    <t>27.90</t>
+  </si>
+  <si>
+    <t>Марк Клевчук</t>
+  </si>
+  <si>
+    <t>1:00.81</t>
+  </si>
+  <si>
+    <t>53.07</t>
+  </si>
+  <si>
     <t>Эмир Бикметов</t>
   </si>
   <si>
-    <t>37.19</t>
-[...20 lines deleted...]
-    <t>53.07</t>
+    <t>1:01.97</t>
+  </si>
+  <si>
+    <t>43.90</t>
   </si>
   <si>
     <t>Матвей Халиков</t>
   </si>
   <si>
     <t>1:06.81</t>
   </si>
   <si>
     <t>55.73</t>
   </si>
   <si>
     <t>Семён Сучков</t>
   </si>
   <si>
     <t>1:10.51</t>
   </si>
   <si>
     <t>45.64</t>
   </si>
   <si>
     <t>Владислав Ахламов</t>
   </si>
   <si>
     <t>1:48.75</t>
   </si>