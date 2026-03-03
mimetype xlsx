--- v0 (2026-01-15)
+++ v1 (2026-03-03)
@@ -41,123 +41,123 @@
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Артём Сосновских</t>
   </si>
   <si>
     <t>4.29</t>
   </si>
   <si>
     <t>3.70</t>
   </si>
   <si>
     <t>Дмитрий Душейко</t>
   </si>
   <si>
     <t>6.65</t>
   </si>
   <si>
-    <t>5.23</t>
+    <t>5.44</t>
   </si>
   <si>
     <t>Вячеслав Кочергин</t>
   </si>
   <si>
     <t>7.10</t>
   </si>
   <si>
     <t>5.68</t>
   </si>
   <si>
     <t>Илья Епифанов</t>
   </si>
   <si>
     <t>7.48</t>
   </si>
   <si>
     <t>6.68</t>
   </si>
   <si>
     <t>Анна Дуганова</t>
   </si>
   <si>
     <t>8.97</t>
   </si>
   <si>
     <t>7.39</t>
   </si>
   <si>
     <t>Даниил Абдулов</t>
   </si>
   <si>
     <t>9.31</t>
   </si>
   <si>
     <t>6.63</t>
   </si>
   <si>
     <t>Ислам Ражев</t>
   </si>
   <si>
     <t>16.12</t>
   </si>
   <si>
-    <t>14.43</t>
+    <t>14.88</t>
   </si>
   <si>
     <t>Василий Стасьев</t>
   </si>
   <si>
-    <t>17.82</t>
-[...2 lines deleted...]
-    <t>13.18</t>
+    <t>18.60</t>
+  </si>
+  <si>
+    <t>16.11</t>
+  </si>
+  <si>
+    <t>Степан Кобелев</t>
+  </si>
+  <si>
+    <t>18.79</t>
+  </si>
+  <si>
+    <t>16.56</t>
   </si>
   <si>
     <t>Лев Аронов</t>
   </si>
   <si>
-    <t>20.93</t>
-[...11 lines deleted...]
-    <t>16.87</t>
+    <t>24.01</t>
+  </si>
+  <si>
+    <t>20.16</t>
   </si>
   <si>
     <t>Макар Лихолатов</t>
   </si>
   <si>
     <t>26.77</t>
   </si>
   <si>
     <t>21.75</t>
   </si>
   <si>
     <t>Александр Аникин</t>
   </si>
   <si>
     <t>28.21</t>
   </si>
   <si>
     <t>18.35</t>
   </si>
   <si>
     <t>Кирилл Колясников</t>
   </si>
   <si>
     <t>23.03</t>
   </si>