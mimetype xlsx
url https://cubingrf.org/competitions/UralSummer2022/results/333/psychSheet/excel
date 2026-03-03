--- v0 (2026-01-15)
+++ v1 (2026-03-03)
@@ -44,75 +44,75 @@
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Артём Сосновских</t>
   </si>
   <si>
     <t>5.83</t>
   </si>
   <si>
     <t>5.20</t>
   </si>
   <si>
     <t>Владимир Тихоненко</t>
   </si>
   <si>
     <t>7.45</t>
   </si>
   <si>
     <t>5.30</t>
   </si>
   <si>
+    <t>Максим Безъязыков</t>
+  </si>
+  <si>
+    <t>7.84</t>
+  </si>
+  <si>
+    <t>6.28</t>
+  </si>
+  <si>
+    <t>Вячеслав Кочергин</t>
+  </si>
+  <si>
+    <t>8.06</t>
+  </si>
+  <si>
+    <t>6.96</t>
+  </si>
+  <si>
     <t>Александр Аникин</t>
   </si>
   <si>
-    <t>7.78</t>
-[...20 lines deleted...]
-    <t>6.81</t>
+    <t>8.92</t>
+  </si>
+  <si>
+    <t>6.64</t>
   </si>
   <si>
     <t>Илья Шалашный</t>
   </si>
   <si>
     <t>9.37</t>
   </si>
   <si>
     <t>7.41</t>
   </si>
   <si>
     <t>Дмитрий Душейко</t>
   </si>
   <si>
     <t>9.40</t>
   </si>
   <si>
     <t>8.21</t>
   </si>
   <si>
     <t>Артём Васильченко</t>
   </si>
   <si>
     <t>11.30</t>
   </si>
@@ -125,84 +125,84 @@
   <si>
     <t>12.63</t>
   </si>
   <si>
     <t>8.58</t>
   </si>
   <si>
     <t>Евгений Ткачёв</t>
   </si>
   <si>
     <t>13.62</t>
   </si>
   <si>
     <t>11.12</t>
   </si>
   <si>
     <t>Семён Рудик</t>
   </si>
   <si>
     <t>14.10</t>
   </si>
   <si>
     <t>10.23</t>
   </si>
   <si>
+    <t>Артём Тарасов</t>
+  </si>
+  <si>
+    <t>15.52</t>
+  </si>
+  <si>
+    <t>13.52</t>
+  </si>
+  <si>
     <t>Василий Стасьев</t>
   </si>
   <si>
     <t>16.87</t>
   </si>
   <si>
-    <t>14.65</t>
+    <t>15.02</t>
   </si>
   <si>
     <t>Владислав Тарасов</t>
   </si>
   <si>
-    <t>19.30</t>
+    <t>20.17</t>
   </si>
   <si>
     <t>15.28</t>
   </si>
   <si>
     <t>Ислам Ражев</t>
   </si>
   <si>
     <t>22.22</t>
   </si>
   <si>
     <t>18.54</t>
-  </si>
-[...7 lines deleted...]
-    <t>20.81</t>
   </si>
   <si>
     <t>Никита Бурмакин</t>
   </si>
   <si>
     <t>29.03</t>
   </si>
   <si>
     <t>26.68</t>
   </si>
   <si>
     <t>Анна Касаткина</t>
   </si>
   <si>
     <t>29.61</t>
   </si>
   <si>
     <t>25.77</t>
   </si>
   <si>
     <t>Георгий Шпита</t>
   </si>
   <si>
     <t>43.14</t>
   </si>