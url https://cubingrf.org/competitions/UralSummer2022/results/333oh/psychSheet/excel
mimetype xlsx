--- v0 (2026-01-15)
+++ v1 (2026-03-03)
@@ -59,114 +59,114 @@
   <si>
     <t>Максим Безъязыков</t>
   </si>
   <si>
     <t>12.25</t>
   </si>
   <si>
     <t>10.24</t>
   </si>
   <si>
     <t>Владимир Тихоненко</t>
   </si>
   <si>
     <t>13.52</t>
   </si>
   <si>
     <t>11.17</t>
   </si>
   <si>
     <t>Дмитрий Душейко</t>
   </si>
   <si>
     <t>15.27</t>
   </si>
   <si>
-    <t>13.68</t>
+    <t>13.31</t>
   </si>
   <si>
     <t>Вячеслав Кочергин</t>
   </si>
   <si>
     <t>15.44</t>
   </si>
   <si>
     <t>12.51</t>
   </si>
   <si>
     <t>Илья Шалашный</t>
   </si>
   <si>
     <t>16.93</t>
   </si>
   <si>
     <t>11.71</t>
   </si>
   <si>
     <t>Александр Аникин</t>
   </si>
   <si>
-    <t>19.52</t>
-[...2 lines deleted...]
-    <t>16.35</t>
+    <t>24.33</t>
+  </si>
+  <si>
+    <t>21.30</t>
   </si>
   <si>
     <t>Артём Васильченко</t>
   </si>
   <si>
     <t>24.48</t>
   </si>
   <si>
     <t>21.16</t>
   </si>
   <si>
     <t>Евгений Ткачёв</t>
   </si>
   <si>
     <t>25.66</t>
   </si>
   <si>
     <t>19.31</t>
   </si>
   <si>
     <t>Тимофей Терещенко</t>
   </si>
   <si>
     <t>27.40</t>
   </si>
   <si>
     <t>21.61</t>
   </si>
   <si>
     <t>Василий Стасьев</t>
   </si>
   <si>
     <t>35.85</t>
   </si>
   <si>
-    <t>28.88</t>
+    <t>32.18</t>
   </si>
   <si>
     <t>Владислав Тарасов</t>
   </si>
   <si>
     <t>58.00</t>
   </si>
   <si>
     <t>44.48</t>
   </si>
   <si>
     <t>Ислам Ражев</t>
   </si>
   <si>
     <t>1:16.22</t>
   </si>
   <si>
     <t>1:00.91</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>