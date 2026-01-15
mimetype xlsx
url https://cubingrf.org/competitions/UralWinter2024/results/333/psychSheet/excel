--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -17,399 +17,399 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="333" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="120">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Artem Sosnovskikh</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Артём Сосновских</t>
   </si>
   <si>
     <t>5.83</t>
   </si>
   <si>
     <t>5.20</t>
   </si>
   <si>
-    <t>Arsenii Pavlov</t>
+    <t>Арсений Павлов</t>
   </si>
   <si>
     <t>8.00</t>
   </si>
   <si>
     <t>6.10</t>
   </si>
   <si>
-    <t>Aleksandr Korotayev</t>
+    <t>Александр Коротаев</t>
   </si>
   <si>
     <t>8.05</t>
   </si>
   <si>
     <t>6.60</t>
   </si>
   <si>
-    <t>Nikita Popkov</t>
+    <t>Никита Попков</t>
   </si>
   <si>
     <t>8.22</t>
   </si>
   <si>
     <t>6.28</t>
   </si>
   <si>
-    <t>Daniil Abdulov</t>
+    <t>Даниил Абдулов</t>
   </si>
   <si>
     <t>8.28</t>
   </si>
   <si>
     <t>7.17</t>
   </si>
   <si>
-    <t>Ilya Epifanov</t>
+    <t>Илья Епифанов</t>
   </si>
   <si>
     <t>8.64</t>
   </si>
   <si>
     <t>6.24</t>
   </si>
   <si>
-    <t>Dmitry Nagirnyak</t>
+    <t>Дмитрий Нагирняк</t>
   </si>
   <si>
     <t>8.94</t>
   </si>
   <si>
     <t>6.47</t>
   </si>
   <si>
-    <t>Ilya Shalashny</t>
+    <t>Илья Шалашный</t>
   </si>
   <si>
     <t>9.37</t>
   </si>
   <si>
     <t>7.41</t>
   </si>
   <si>
-    <t>Anna Duganova</t>
+    <t>Анна Дуганова</t>
   </si>
   <si>
     <t>9.38</t>
   </si>
   <si>
     <t>8.45</t>
   </si>
   <si>
-    <t>Dmitrii Dusheiko</t>
+    <t>Дмитрий Душейко</t>
   </si>
   <si>
     <t>9.40</t>
   </si>
   <si>
     <t>8.21</t>
   </si>
   <si>
-    <t>Aleksandr Dokin</t>
+    <t>Александр Докин</t>
   </si>
   <si>
     <t>9.43</t>
   </si>
   <si>
     <t>6.88</t>
   </si>
   <si>
-    <t>Dmitriy Klasen</t>
+    <t>Дмитрий Класен</t>
   </si>
   <si>
     <t>9.47</t>
   </si>
   <si>
     <t>8.15</t>
   </si>
   <si>
-    <t>Dmitry Sidorenko</t>
+    <t>Дмитрий Сидоренко</t>
   </si>
   <si>
     <t>9.48</t>
   </si>
   <si>
     <t>7.45</t>
   </si>
   <si>
-    <t>Aleksey Pleshkov</t>
+    <t>Алексей Плешков</t>
   </si>
   <si>
     <t>9.71</t>
   </si>
   <si>
     <t>7.11</t>
   </si>
   <si>
-    <t>Lev Maslov</t>
+    <t>Лев Маслов</t>
   </si>
   <si>
     <t>10.49</t>
   </si>
   <si>
-    <t>Artem Vasilchenko</t>
+    <t>Артём Васильченко</t>
   </si>
   <si>
     <t>11.30</t>
   </si>
   <si>
     <t>9.30</t>
   </si>
   <si>
-    <t>Arseniy Kislitsyn</t>
+    <t>Арсений Кислицын</t>
   </si>
   <si>
     <t>11.48</t>
   </si>
   <si>
     <t>8.17</t>
   </si>
   <si>
-    <t>Sergey Bublikov</t>
+    <t>Сергей Бубликов</t>
   </si>
   <si>
     <t>11.72</t>
   </si>
   <si>
     <t>10.46</t>
   </si>
   <si>
-    <t>Aleksandr Kropotov</t>
+    <t>Александр Кропотов</t>
   </si>
   <si>
     <t>11.80</t>
   </si>
   <si>
     <t>8.31</t>
   </si>
   <si>
-    <t>Timofey Tereshchenko</t>
+    <t>Тимофей Терещенко</t>
   </si>
   <si>
     <t>12.63</t>
   </si>
   <si>
     <t>8.58</t>
   </si>
   <si>
-    <t>Aleksey Bakulin</t>
+    <t>Алексей Барвинк</t>
   </si>
   <si>
     <t>13.35</t>
   </si>
   <si>
     <t>10.29</t>
   </si>
   <si>
-    <t>Rodion Pershin</t>
+    <t>Родион Першин</t>
   </si>
   <si>
     <t>13.55</t>
   </si>
   <si>
     <t>11.68</t>
   </si>
   <si>
-    <t>Olga Yasakova</t>
+    <t>Ольга Ясакова</t>
   </si>
   <si>
     <t>15.63</t>
   </si>
   <si>
     <t>12.17</t>
   </si>
   <si>
-    <t>Maksim Batuyev</t>
+    <t>Максим Батуев</t>
   </si>
   <si>
     <t>16.05</t>
   </si>
   <si>
     <t>11.02</t>
   </si>
   <si>
-    <t>Vasily Stasyev</t>
+    <t>Василий Стасьев</t>
   </si>
   <si>
     <t>16.87</t>
   </si>
   <si>
     <t>14.65</t>
   </si>
   <si>
-    <t>Azaliya Gafarova</t>
+    <t>Азалия Гафарова</t>
   </si>
   <si>
     <t>17.63</t>
   </si>
   <si>
     <t>14.40</t>
   </si>
   <si>
-    <t>Yegor Kungin</t>
+    <t>Егор Кунгин</t>
   </si>
   <si>
     <t>19.63</t>
   </si>
   <si>
     <t>17.32</t>
   </si>
   <si>
-    <t>Roman Redʹkin</t>
+    <t>Роман Редькин</t>
   </si>
   <si>
     <t>22.67</t>
   </si>
   <si>
     <t>18.42</t>
   </si>
   <si>
-    <t>Yelizaveta Yanchuk</t>
+    <t>Елизавета Янчук</t>
   </si>
   <si>
     <t>26.62</t>
   </si>
   <si>
     <t>22.47</t>
   </si>
   <si>
-    <t>Artëm Asonov</t>
+    <t>Артём Асонов</t>
   </si>
   <si>
     <t>28.90</t>
   </si>
   <si>
     <t>21.18</t>
   </si>
   <si>
-    <t>Lev Khanov</t>
+    <t>Лев Ханов</t>
   </si>
   <si>
     <t>33.17</t>
   </si>
   <si>
     <t>26.88</t>
   </si>
   <si>
-    <t>Ruslan Muratshin</t>
+    <t>Руслан Муратшин</t>
   </si>
   <si>
     <t>33.89</t>
   </si>
   <si>
     <t>30.65</t>
   </si>
   <si>
-    <t>Daniil Torkunov</t>
+    <t>Даниил Торкунов</t>
   </si>
   <si>
     <t>34.19</t>
   </si>
   <si>
     <t>25.26</t>
   </si>
   <si>
-    <t>Yaroslav Nechayev</t>
+    <t>Ярослав Нечаев</t>
   </si>
   <si>
     <t>35.79</t>
   </si>
   <si>
     <t>32.69</t>
   </si>
   <si>
-    <t>Amir Fakhretdinov</t>
+    <t>Амир Фахретдинов</t>
   </si>
   <si>
     <t>52.29</t>
   </si>
   <si>
     <t>48.50</t>
   </si>
   <si>
-    <t>Yaroslav Kulakov</t>
+    <t>Ярослав Кулаков</t>
   </si>
   <si>
     <t>54.20</t>
   </si>
   <si>
     <t>43.61</t>
   </si>
   <si>
-    <t>Svetlana Kozikova</t>
+    <t>Светлана Козикова</t>
   </si>
   <si>
     <t>56.99</t>
   </si>
   <si>
     <t>43.37</t>
   </si>
   <si>
-    <t>Bogdan Mishin</t>
+    <t>Богдан Мишин</t>
   </si>
   <si>
     <t>1:06.27</t>
   </si>
   <si>
     <t>41.22</t>
   </si>
   <si>
-    <t>Alisa Kozikova</t>
+    <t>Алиса Козикова</t>
   </si>
   <si>
     <t>1:38.65</t>
   </si>
   <si>
     <t>1:29.39</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
@@ -738,51 +738,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D40"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C40" sqref="C40"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>