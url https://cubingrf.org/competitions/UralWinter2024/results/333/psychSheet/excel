--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -152,144 +152,144 @@
   <si>
     <t>9.47</t>
   </si>
   <si>
     <t>8.15</t>
   </si>
   <si>
     <t>Дмитрий Сидоренко</t>
   </si>
   <si>
     <t>9.48</t>
   </si>
   <si>
     <t>7.45</t>
   </si>
   <si>
     <t>Алексей Плешков</t>
   </si>
   <si>
     <t>9.71</t>
   </si>
   <si>
     <t>7.11</t>
   </si>
   <si>
+    <t>Александр Кропотов</t>
+  </si>
+  <si>
+    <t>10.42</t>
+  </si>
+  <si>
+    <t>7.05</t>
+  </si>
+  <si>
     <t>Лев Маслов</t>
   </si>
   <si>
     <t>10.49</t>
   </si>
   <si>
     <t>Артём Васильченко</t>
   </si>
   <si>
     <t>11.30</t>
   </si>
   <si>
     <t>9.30</t>
   </si>
   <si>
     <t>Арсений Кислицын</t>
   </si>
   <si>
     <t>11.48</t>
   </si>
   <si>
     <t>8.17</t>
   </si>
   <si>
     <t>Сергей Бубликов</t>
   </si>
   <si>
-    <t>11.72</t>
-[...11 lines deleted...]
-    <t>8.31</t>
+    <t>12.57</t>
+  </si>
+  <si>
+    <t>11.03</t>
   </si>
   <si>
     <t>Тимофей Терещенко</t>
   </si>
   <si>
     <t>12.63</t>
   </si>
   <si>
     <t>8.58</t>
   </si>
   <si>
     <t>Алексей Барвинк</t>
   </si>
   <si>
     <t>13.35</t>
   </si>
   <si>
-    <t>10.29</t>
+    <t>11.49</t>
   </si>
   <si>
     <t>Родион Першин</t>
   </si>
   <si>
     <t>13.55</t>
   </si>
   <si>
     <t>11.68</t>
   </si>
   <si>
     <t>Ольга Ясакова</t>
   </si>
   <si>
     <t>15.63</t>
   </si>
   <si>
     <t>12.17</t>
   </si>
   <si>
     <t>Максим Батуев</t>
   </si>
   <si>
     <t>16.05</t>
   </si>
   <si>
     <t>11.02</t>
   </si>
   <si>
     <t>Василий Стасьев</t>
   </si>
   <si>
     <t>16.87</t>
   </si>
   <si>
-    <t>14.65</t>
+    <t>15.02</t>
   </si>
   <si>
     <t>Азалия Гафарова</t>
   </si>
   <si>
     <t>17.63</t>
   </si>
   <si>
     <t>14.40</t>
   </si>
   <si>
     <t>Егор Кунгин</t>
   </si>
   <si>
     <t>19.63</t>
   </si>
   <si>
     <t>17.32</t>
   </si>
   <si>
     <t>Роман Редькин</t>
   </si>
   <si>
     <t>22.67</t>
   </si>
@@ -964,65 +964,65 @@
     <row r="15" spans="1:4">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
         <v>43</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>44</v>
       </c>
       <c r="D15" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
         <v>46</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>47</v>
       </c>
       <c r="D16" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D17" t="s">
-        <v>50</v>
+        <v>27</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
         <v>51</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>52</v>
       </c>
       <c r="D18" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
         <v>54</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>55</v>