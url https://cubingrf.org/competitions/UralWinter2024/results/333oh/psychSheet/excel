--- v0 (2025-11-30)
+++ v1 (2026-03-03)
@@ -41,204 +41,204 @@
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Average</t>
   </si>
   <si>
     <t>Best</t>
   </si>
   <si>
     <t>Artem Sosnovskikh</t>
   </si>
   <si>
     <t>11.58</t>
   </si>
   <si>
     <t>10.07</t>
   </si>
   <si>
     <t>Nikita Popkov</t>
   </si>
   <si>
     <t>13.81</t>
   </si>
   <si>
-    <t>9.14</t>
+    <t>10.35</t>
   </si>
   <si>
     <t>Lev Maslov</t>
   </si>
   <si>
     <t>14.42</t>
   </si>
   <si>
     <t>10.25</t>
   </si>
   <si>
     <t>Dmitriy Klasen</t>
   </si>
   <si>
     <t>14.46</t>
   </si>
   <si>
     <t>11.49</t>
   </si>
   <si>
     <t>Dmitrii Dusheiko</t>
   </si>
   <si>
     <t>15.27</t>
   </si>
   <si>
-    <t>13.68</t>
+    <t>13.31</t>
   </si>
   <si>
     <t>Ilya Epifanov</t>
   </si>
   <si>
     <t>15.33</t>
   </si>
   <si>
     <t>12.55</t>
   </si>
   <si>
     <t>Arsenii Pavlov</t>
   </si>
   <si>
     <t>15.87</t>
   </si>
   <si>
     <t>11.92</t>
   </si>
   <si>
     <t>Dmitry Nagirnyak</t>
   </si>
   <si>
     <t>16.14</t>
   </si>
   <si>
     <t>12.84</t>
   </si>
   <si>
     <t>Ilya Shalashny</t>
   </si>
   <si>
     <t>16.93</t>
   </si>
   <si>
     <t>11.71</t>
   </si>
   <si>
     <t>Aleksandr Korotayev</t>
   </si>
   <si>
     <t>17.00</t>
   </si>
   <si>
     <t>11.90</t>
   </si>
   <si>
+    <t>Anna Duganova</t>
+  </si>
+  <si>
+    <t>20.57</t>
+  </si>
+  <si>
+    <t>18.85</t>
+  </si>
+  <si>
     <t>Aleksandr Dokin</t>
   </si>
   <si>
     <t>21.06</t>
   </si>
   <si>
     <t>18.19</t>
   </si>
   <si>
-    <t>Anna Duganova</t>
-[...5 lines deleted...]
-    <t>18.85</t>
+    <t>Dmitry Sidorenko</t>
+  </si>
+  <si>
+    <t>21.79</t>
+  </si>
+  <si>
+    <t>16.65</t>
   </si>
   <si>
     <t>Daniil Abdulov</t>
   </si>
   <si>
     <t>24.37</t>
   </si>
   <si>
     <t>15.59</t>
   </si>
   <si>
     <t>Artem Vasilchenko</t>
   </si>
   <si>
     <t>24.48</t>
   </si>
   <si>
     <t>21.16</t>
   </si>
   <si>
-    <t>Dmitry Sidorenko</t>
-[...7 lines deleted...]
-  <si>
     <t>Timofey Tereshchenko</t>
   </si>
   <si>
     <t>27.40</t>
   </si>
   <si>
     <t>21.61</t>
   </si>
   <si>
     <t>Arseniy Kislitsyn</t>
   </si>
   <si>
     <t>33.25</t>
   </si>
   <si>
     <t>21.99</t>
   </si>
   <si>
     <t>Vasily Stasyev</t>
   </si>
   <si>
     <t>35.85</t>
   </si>
   <si>
-    <t>28.88</t>
+    <t>32.18</t>
   </si>
   <si>
     <t>Olga Yasakova</t>
   </si>
   <si>
-    <t>1:01.64</t>
-[...2 lines deleted...]
-    <t>43.61</t>
+    <t>54.43</t>
+  </si>
+  <si>
+    <t>49.21</t>
   </si>
   <si>
     <t>Azaliya Gafarova</t>
   </si>
   <si>
     <t>54.56</t>
   </si>
   <si>
     <t>Maksim Batuyev</t>
   </si>
   <si>
     <t>1:23.92</t>
   </si>
   <si>
     <t>Aleksey Bakulin</t>
   </si>
   <si>
     <t>1:27.10</t>
   </si>
   <si>
     <t>Lev Khanov</t>
   </si>
 </sst>
 </file>
 