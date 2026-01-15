--- v0 (2025-12-01)
+++ v1 (2026-01-15)
@@ -104,117 +104,117 @@
   <si>
     <t>35.69</t>
   </si>
   <si>
     <t>30.11</t>
   </si>
   <si>
     <t>Дмитрий Душейко</t>
   </si>
   <si>
     <t>35.88</t>
   </si>
   <si>
     <t>27.83</t>
   </si>
   <si>
     <t>Лев Маслов</t>
   </si>
   <si>
     <t>36.89</t>
   </si>
   <si>
     <t>30.19</t>
   </si>
   <si>
+    <t>Александр Кропотов</t>
+  </si>
+  <si>
+    <t>38.02</t>
+  </si>
+  <si>
+    <t>30.21</t>
+  </si>
+  <si>
     <t>Анна Дуганова</t>
   </si>
   <si>
     <t>40.71</t>
   </si>
   <si>
     <t>37.61</t>
   </si>
   <si>
     <t>Дмитрий Класен</t>
   </si>
   <si>
     <t>41.07</t>
   </si>
   <si>
     <t>35.80</t>
   </si>
   <si>
-    <t>Александр Кропотов</t>
-[...7 lines deleted...]
-  <si>
     <t>Тимофей Терещенко</t>
   </si>
   <si>
     <t>43.87</t>
   </si>
   <si>
     <t>35.87</t>
   </si>
   <si>
     <t>Даниил Абдулов</t>
   </si>
   <si>
     <t>45.27</t>
   </si>
   <si>
     <t>37.68</t>
   </si>
   <si>
     <t>Илья Шалашный</t>
   </si>
   <si>
     <t>45.56</t>
   </si>
   <si>
     <t>38.01</t>
   </si>
   <si>
     <t>Алексей Плешков</t>
   </si>
   <si>
     <t>47.98</t>
   </si>
   <si>
     <t>Ольга Ясакова</t>
   </si>
   <si>
     <t>52.41</t>
   </si>
   <si>
-    <t>44.66</t>
+    <t>42.85</t>
   </si>
   <si>
     <t>Алексей Барвинк</t>
   </si>
   <si>
     <t>59.40</t>
   </si>
   <si>
     <t>50.38</t>
   </si>
   <si>
     <t>Артём Васильченко</t>
   </si>
   <si>
     <t>1:00.02</t>
   </si>
   <si>
     <t>56.29</t>
   </si>
   <si>
     <t>Василий Стасьев</t>
   </si>
   <si>
     <t>1:03.70</t>
   </si>