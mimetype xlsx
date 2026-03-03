--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -12,236 +12,239 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="444" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="68">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Артём Сосновских</t>
   </si>
   <si>
     <t>29.18</t>
   </si>
   <si>
     <t>24.52</t>
   </si>
   <si>
+    <t>Дмитрий Сидоренко</t>
+  </si>
+  <si>
+    <t>30.96</t>
+  </si>
+  <si>
+    <t>25.82</t>
+  </si>
+  <si>
     <t>Арсений Павлов</t>
   </si>
   <si>
     <t>32.99</t>
   </si>
   <si>
     <t>27.07</t>
   </si>
   <si>
     <t>Александр Докин</t>
   </si>
   <si>
     <t>33.11</t>
   </si>
   <si>
     <t>27.22</t>
   </si>
   <si>
     <t>Дмитрий Нагирняк</t>
   </si>
   <si>
     <t>29.33</t>
   </si>
   <si>
-    <t>Дмитрий Сидоренко</t>
-[...7 lines deleted...]
-  <si>
     <t>Александр Коротаев</t>
   </si>
   <si>
     <t>33.48</t>
   </si>
   <si>
     <t>29.35</t>
   </si>
   <si>
     <t>Илья Епифанов</t>
   </si>
   <si>
     <t>35.69</t>
   </si>
   <si>
     <t>30.11</t>
   </si>
   <si>
     <t>Дмитрий Душейко</t>
   </si>
   <si>
     <t>35.88</t>
   </si>
   <si>
     <t>27.83</t>
   </si>
   <si>
     <t>Лев Маслов</t>
   </si>
   <si>
     <t>36.89</t>
   </si>
   <si>
     <t>30.19</t>
   </si>
   <si>
     <t>Александр Кропотов</t>
   </si>
   <si>
-    <t>38.02</t>
-[...2 lines deleted...]
-    <t>30.21</t>
+    <t>37.24</t>
+  </si>
+  <si>
+    <t>26.91</t>
   </si>
   <si>
     <t>Анна Дуганова</t>
   </si>
   <si>
     <t>40.71</t>
   </si>
   <si>
     <t>37.61</t>
   </si>
   <si>
     <t>Дмитрий Класен</t>
   </si>
   <si>
     <t>41.07</t>
   </si>
   <si>
     <t>35.80</t>
   </si>
   <si>
     <t>Тимофей Терещенко</t>
   </si>
   <si>
     <t>43.87</t>
   </si>
   <si>
-    <t>35.87</t>
+    <t>37.85</t>
   </si>
   <si>
     <t>Даниил Абдулов</t>
   </si>
   <si>
-    <t>45.27</t>
+    <t>44.48</t>
   </si>
   <si>
     <t>37.68</t>
   </si>
   <si>
     <t>Илья Шалашный</t>
   </si>
   <si>
     <t>45.56</t>
   </si>
   <si>
     <t>38.01</t>
   </si>
   <si>
     <t>Алексей Плешков</t>
   </si>
   <si>
     <t>47.98</t>
   </si>
   <si>
+    <t>45.18</t>
+  </si>
+  <si>
     <t>Ольга Ясакова</t>
   </si>
   <si>
     <t>52.41</t>
   </si>
   <si>
     <t>42.85</t>
   </si>
   <si>
     <t>Алексей Барвинк</t>
   </si>
   <si>
     <t>59.40</t>
   </si>
   <si>
     <t>50.38</t>
   </si>
   <si>
     <t>Артём Васильченко</t>
   </si>
   <si>
     <t>1:00.02</t>
   </si>
   <si>
     <t>56.29</t>
   </si>
   <si>
     <t>Василий Стасьев</t>
   </si>
   <si>
     <t>1:03.70</t>
   </si>
   <si>
-    <t>57.41</t>
+    <t>58.02</t>
   </si>
   <si>
     <t>Арсений Кислицын</t>
   </si>
   <si>
     <t>1:04.04</t>
   </si>
   <si>
     <t>55.40</t>
   </si>
   <si>
     <t>Роман Редькин</t>
   </si>
   <si>
     <t>1:38.41</t>
   </si>
   <si>
     <t>Максим Батуев</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -651,65 +654,65 @@
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>11</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="D6" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>18</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>19</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
         <v>21</v>
@@ -822,138 +825,138 @@
     <row r="16" spans="1:4">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
         <v>45</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D16" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
         <v>48</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>49</v>
       </c>
       <c r="D17" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D18" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D19" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="D20" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D21" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D22" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C23" s="1"/>
       <c r="D23" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="B24" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C24" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>