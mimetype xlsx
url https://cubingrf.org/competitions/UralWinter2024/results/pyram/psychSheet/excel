--- v0 (2025-12-01)
+++ v1 (2026-03-03)
@@ -50,51 +50,51 @@
   <si>
     <t>Artem Sosnovskikh</t>
   </si>
   <si>
     <t>2.71</t>
   </si>
   <si>
     <t>1.77</t>
   </si>
   <si>
     <t>Nikita Popkov</t>
   </si>
   <si>
     <t>2.76</t>
   </si>
   <si>
     <t>1.96</t>
   </si>
   <si>
     <t>Aleksandr Kropotov</t>
   </si>
   <si>
     <t>2.82</t>
   </si>
   <si>
-    <t>2.10</t>
+    <t>2.09</t>
   </si>
   <si>
     <t>Arsenii Pavlov</t>
   </si>
   <si>
     <t>3.63</t>
   </si>
   <si>
     <t>2.65</t>
   </si>
   <si>
     <t>Dmitriy Klasen</t>
   </si>
   <si>
     <t>3.96</t>
   </si>
   <si>
     <t>2.73</t>
   </si>
   <si>
     <t>Artem Vasilchenko</t>
   </si>
   <si>
     <t>4.22</t>
   </si>
@@ -125,156 +125,156 @@
   <si>
     <t>4.71</t>
   </si>
   <si>
     <t>2.32</t>
   </si>
   <si>
     <t>Aleksandr Dokin</t>
   </si>
   <si>
     <t>4.80</t>
   </si>
   <si>
     <t>1.80</t>
   </si>
   <si>
     <t>Dmitry Nagirnyak</t>
   </si>
   <si>
     <t>5.21</t>
   </si>
   <si>
     <t>3.02</t>
   </si>
   <si>
+    <t>Anna Duganova</t>
+  </si>
+  <si>
+    <t>5.80</t>
+  </si>
+  <si>
+    <t>3.87</t>
+  </si>
+  <si>
+    <t>Aleksey Pleshkov</t>
+  </si>
+  <si>
+    <t>5.83</t>
+  </si>
+  <si>
+    <t>3.38</t>
+  </si>
+  <si>
+    <t>Lev Maslov</t>
+  </si>
+  <si>
+    <t>6.05</t>
+  </si>
+  <si>
+    <t>4.33</t>
+  </si>
+  <si>
+    <t>Timofey Tereshchenko</t>
+  </si>
+  <si>
+    <t>6.18</t>
+  </si>
+  <si>
+    <t>4.24</t>
+  </si>
+  <si>
+    <t>Arseniy Kislitsyn</t>
+  </si>
+  <si>
+    <t>6.44</t>
+  </si>
+  <si>
+    <t>3.40</t>
+  </si>
+  <si>
+    <t>Dmitry Sidorenko</t>
+  </si>
+  <si>
+    <t>6.70</t>
+  </si>
+  <si>
+    <t>4.95</t>
+  </si>
+  <si>
     <t>Vasily Stasyev</t>
   </si>
   <si>
-    <t>5.53</t>
-[...56 lines deleted...]
-    <t>3.40</t>
+    <t>7.24</t>
+  </si>
+  <si>
+    <t>4.52</t>
   </si>
   <si>
     <t>Sergey Bublikov</t>
   </si>
   <si>
-    <t>7.15</t>
+    <t>8.03</t>
   </si>
   <si>
     <t>3.84</t>
   </si>
   <si>
     <t>Ilya Shalashny</t>
   </si>
   <si>
     <t>8.51</t>
   </si>
   <si>
-    <t>3.88</t>
+    <t>5.74</t>
   </si>
   <si>
     <t>Olga Yasakova</t>
   </si>
   <si>
     <t>9.14</t>
   </si>
   <si>
     <t>6.31</t>
   </si>
   <si>
+    <t>Aleksandr Korotayev</t>
+  </si>
+  <si>
+    <t>12.69</t>
+  </si>
+  <si>
+    <t>7.34</t>
+  </si>
+  <si>
     <t>Aleksey Bakulin</t>
   </si>
   <si>
-    <t>10.79</t>
-[...11 lines deleted...]
-    <t>7.34</t>
+    <t>12.95</t>
+  </si>
+  <si>
+    <t>7.43</t>
   </si>
   <si>
     <t>Yelizaveta Yanchuk</t>
   </si>
   <si>
     <t>13.07</t>
   </si>
   <si>
     <t>10.08</t>
   </si>
   <si>
     <t>Azaliya Gafarova</t>
   </si>
   <si>
     <t>13.86</t>
   </si>
   <si>
     <t>7.97</t>
   </si>
   <si>
     <t>Roman Redʹkin</t>
   </si>
   <si>
     <t>15.84</t>
   </si>