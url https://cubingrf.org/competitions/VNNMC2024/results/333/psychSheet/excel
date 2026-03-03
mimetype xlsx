--- v0 (2025-11-30)
+++ v1 (2026-03-03)
@@ -12,169 +12,169 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="333" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="228">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="226">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Дмитрий Гундин</t>
   </si>
   <si>
     <t>6.26</t>
   </si>
   <si>
     <t>5.04</t>
   </si>
   <si>
     <t>Анатолий Туренко</t>
   </si>
   <si>
-    <t>6.66</t>
+    <t>6.55</t>
   </si>
   <si>
     <t>4.99</t>
   </si>
   <si>
     <t>Андрей Панов</t>
   </si>
   <si>
     <t>7.07</t>
   </si>
   <si>
     <t>5.44</t>
   </si>
   <si>
+    <t>Екатерина Канева</t>
+  </si>
+  <si>
+    <t>7.93</t>
+  </si>
+  <si>
+    <t>6.60</t>
+  </si>
+  <si>
     <t>Арсений Боровков</t>
   </si>
   <si>
-    <t>7.83</t>
+    <t>7.98</t>
   </si>
   <si>
     <t>6.06</t>
   </si>
   <si>
-    <t>Екатерина Канева</t>
-[...7 lines deleted...]
-  <si>
     <t>Никита Попков</t>
   </si>
   <si>
     <t>8.22</t>
   </si>
   <si>
     <t>6.28</t>
   </si>
   <si>
     <t>Полина Лаптева</t>
   </si>
   <si>
     <t>8.23</t>
   </si>
   <si>
     <t>6.24</t>
   </si>
   <si>
     <t>Филипп Радинский</t>
   </si>
   <si>
     <t>8.29</t>
   </si>
   <si>
     <t>6.35</t>
   </si>
   <si>
+    <t>Владислав Шуршилин</t>
+  </si>
+  <si>
+    <t>8.60</t>
+  </si>
+  <si>
+    <t>7.20</t>
+  </si>
+  <si>
+    <t>Илья Епифанов</t>
+  </si>
+  <si>
+    <t>8.64</t>
+  </si>
+  <si>
+    <t>Иван Олейников</t>
+  </si>
+  <si>
+    <t>8.65</t>
+  </si>
+  <si>
+    <t>6.94</t>
+  </si>
+  <si>
     <t>Николай Массон</t>
   </si>
   <si>
-    <t>8.57</t>
+    <t>8.66</t>
   </si>
   <si>
     <t>6.36</t>
   </si>
   <si>
-    <t>Владислав Шуршилин</t>
-[...22 lines deleted...]
-  <si>
     <t>Никита Платонов</t>
   </si>
   <si>
     <t>8.68</t>
   </si>
   <si>
     <t>7.46</t>
   </si>
   <si>
     <t>Юрий Рякин</t>
   </si>
   <si>
     <t>8.73</t>
   </si>
   <si>
     <t>6.77</t>
   </si>
   <si>
     <t>Даниил Тамбовцев</t>
   </si>
   <si>
     <t>9.10</t>
   </si>
   <si>
     <t>7.12</t>
@@ -227,354 +227,354 @@
   <si>
     <t>Карина Шамова</t>
   </si>
   <si>
     <t>9.76</t>
   </si>
   <si>
     <t>7.64</t>
   </si>
   <si>
     <t>Екатерина Соболева</t>
   </si>
   <si>
     <t>9.93</t>
   </si>
   <si>
     <t>Максим Дейч</t>
   </si>
   <si>
     <t>10.01</t>
   </si>
   <si>
     <t>8.46</t>
   </si>
   <si>
+    <t>Платон Кабаков</t>
+  </si>
+  <si>
+    <t>10.18</t>
+  </si>
+  <si>
+    <t>8.11</t>
+  </si>
+  <si>
+    <t>Тимофей Тюльпаков</t>
+  </si>
+  <si>
+    <t>10.27</t>
+  </si>
+  <si>
+    <t>7.68</t>
+  </si>
+  <si>
     <t>Анастасия Майкова</t>
   </si>
   <si>
     <t>10.33</t>
   </si>
   <si>
     <t>7.91</t>
   </si>
   <si>
     <t>Виталий Наместников</t>
   </si>
   <si>
     <t>10.48</t>
   </si>
   <si>
-    <t>Тимофей Тюльпаков</t>
-[...14 lines deleted...]
-    <t>8.12</t>
+    <t>Дмитрий Тупис</t>
+  </si>
+  <si>
+    <t>10.59</t>
+  </si>
+  <si>
+    <t>9.12</t>
   </si>
   <si>
     <t>Никита Брылин</t>
   </si>
   <si>
     <t>11.06</t>
   </si>
   <si>
     <t>9.69</t>
   </si>
   <si>
     <t>Андрей Жуков</t>
   </si>
   <si>
     <t>11.11</t>
   </si>
   <si>
-    <t>8.62</t>
+    <t>9.51</t>
   </si>
   <si>
     <t>Олег Демчук</t>
   </si>
   <si>
     <t>11.13</t>
   </si>
   <si>
     <t>8.94</t>
   </si>
   <si>
     <t>Агата Комекова</t>
   </si>
   <si>
     <t>11.21</t>
   </si>
   <si>
     <t>9.96</t>
   </si>
   <si>
-    <t>Дмитрий Тупис</t>
-[...7 lines deleted...]
-  <si>
     <t>Иларион Камардин</t>
   </si>
   <si>
     <t>11.42</t>
   </si>
   <si>
     <t>9.73</t>
   </si>
   <si>
     <t>Глеб Батенин</t>
   </si>
   <si>
     <t>11.57</t>
   </si>
   <si>
     <t>9.48</t>
   </si>
   <si>
+    <t>Максим Темнышов</t>
+  </si>
+  <si>
+    <t>11.72</t>
+  </si>
+  <si>
+    <t>9.53</t>
+  </si>
+  <si>
+    <t>Василий Николашин</t>
+  </si>
+  <si>
+    <t>11.73</t>
+  </si>
+  <si>
+    <t>9.58</t>
+  </si>
+  <si>
+    <t>Алексей Корицкий</t>
+  </si>
+  <si>
+    <t>11.76</t>
+  </si>
+  <si>
+    <t>9.09</t>
+  </si>
+  <si>
+    <t>Сергей Миронченков</t>
+  </si>
+  <si>
+    <t>11.92</t>
+  </si>
+  <si>
     <t>Данила Шуваев</t>
   </si>
   <si>
-    <t>11.66</t>
+    <t>11.98</t>
   </si>
   <si>
     <t>9.60</t>
   </si>
   <si>
-    <t>Максим Темнышов</t>
-[...31 lines deleted...]
-  <si>
     <t>Дмитрий Дунаев</t>
   </si>
   <si>
     <t>12.36</t>
   </si>
   <si>
     <t>10.66</t>
   </si>
   <si>
     <t>Тимофей Терещенко</t>
   </si>
   <si>
     <t>12.63</t>
   </si>
   <si>
     <t>8.58</t>
   </si>
   <si>
     <t>Дарья Елисеева</t>
   </si>
   <si>
     <t>12.77</t>
   </si>
   <si>
     <t>9.84</t>
   </si>
   <si>
     <t>Иван Сидоренко</t>
   </si>
   <si>
     <t>12.87</t>
   </si>
   <si>
     <t>9.78</t>
   </si>
   <si>
     <t>Андрей Копосов</t>
   </si>
   <si>
     <t>13.45</t>
   </si>
   <si>
-    <t>11.59</t>
+    <t>11.87</t>
   </si>
   <si>
     <t>Максим Чечнев</t>
   </si>
   <si>
     <t>14.32</t>
   </si>
   <si>
-    <t>11.91</t>
+    <t>11.97</t>
   </si>
   <si>
     <t>Артём Сенкевич</t>
   </si>
   <si>
     <t>14.33</t>
   </si>
   <si>
     <t>11.07</t>
   </si>
   <si>
     <t>Анастасия Тихенко</t>
   </si>
   <si>
     <t>15.09</t>
   </si>
   <si>
     <t>11.12</t>
   </si>
   <si>
     <t>Александр Катюков</t>
   </si>
   <si>
     <t>15.16</t>
   </si>
   <si>
+    <t>12.84</t>
+  </si>
+  <si>
     <t>Богдан Кашин</t>
   </si>
   <si>
     <t>15.37</t>
   </si>
   <si>
-    <t>12.12</t>
+    <t>12.83</t>
   </si>
   <si>
     <t>Ольга Ясакова</t>
   </si>
   <si>
     <t>15.63</t>
   </si>
   <si>
     <t>12.17</t>
   </si>
   <si>
+    <t>Владимир Щеглов</t>
+  </si>
+  <si>
+    <t>16.40</t>
+  </si>
+  <si>
+    <t>12.66</t>
+  </si>
+  <si>
     <t>Мария Тимощенко</t>
   </si>
   <si>
-    <t>16.33</t>
-[...11 lines deleted...]
-    <t>12.66</t>
+    <t>16.94</t>
+  </si>
+  <si>
+    <t>13.06</t>
+  </si>
+  <si>
+    <t>Илья Зибарев</t>
+  </si>
+  <si>
+    <t>18.58</t>
+  </si>
+  <si>
+    <t>16.06</t>
   </si>
   <si>
     <t>Марк Бурлуцкий</t>
   </si>
   <si>
-    <t>17.97</t>
-[...11 lines deleted...]
-    <t>16.06</t>
+    <t>18.59</t>
   </si>
   <si>
     <t>Марина Щукина</t>
   </si>
   <si>
     <t>18.72</t>
   </si>
   <si>
     <t>14.22</t>
   </si>
   <si>
     <t>Алексей Гундин</t>
   </si>
   <si>
     <t>20.27</t>
   </si>
   <si>
     <t>14.14</t>
   </si>
   <si>
     <t>Теодор Кунилов</t>
   </si>
   <si>
     <t>21.27</t>
   </si>
   <si>
     <t>18.78</t>
   </si>
   <si>
     <t>Андрей Разживин</t>
   </si>
   <si>
-    <t>21.58</t>
-[...2 lines deleted...]
-    <t>18.38</t>
+    <t>23.01</t>
+  </si>
+  <si>
+    <t>19.58</t>
   </si>
   <si>
     <t>Трофим Зотов</t>
   </si>
   <si>
     <t>23.08</t>
   </si>
   <si>
     <t>21.63</t>
   </si>
   <si>
     <t>Александр Бурков</t>
   </si>
   <si>
     <t>23.33</t>
   </si>
   <si>
     <t>18.76</t>
   </si>
   <si>
     <t>Константин Рожкин</t>
   </si>
   <si>
     <t>23.38</t>
   </si>
@@ -596,150 +596,144 @@
   <si>
     <t>30.67</t>
   </si>
   <si>
     <t>24.49</t>
   </si>
   <si>
     <t>Михаил Анохин</t>
   </si>
   <si>
     <t>32.93</t>
   </si>
   <si>
     <t>25.09</t>
   </si>
   <si>
     <t>Сергей Калачев</t>
   </si>
   <si>
     <t>35.39</t>
   </si>
   <si>
     <t>28.10</t>
   </si>
   <si>
+    <t>Наталья Пягай</t>
+  </si>
+  <si>
+    <t>43.07</t>
+  </si>
+  <si>
+    <t>31.10</t>
+  </si>
+  <si>
+    <t>Ульяна Тимощенко</t>
+  </si>
+  <si>
+    <t>43.62</t>
+  </si>
+  <si>
+    <t>37.83</t>
+  </si>
+  <si>
+    <t>Таисия Школьникова</t>
+  </si>
+  <si>
+    <t>44.75</t>
+  </si>
+  <si>
+    <t>34.06</t>
+  </si>
+  <si>
+    <t>Тихон Тушканов</t>
+  </si>
+  <si>
+    <t>45.40</t>
+  </si>
+  <si>
+    <t>37.06</t>
+  </si>
+  <si>
+    <t>Александр Тушканов</t>
+  </si>
+  <si>
+    <t>46.02</t>
+  </si>
+  <si>
+    <t>44.69</t>
+  </si>
+  <si>
+    <t>Юрий Тимощенко</t>
+  </si>
+  <si>
+    <t>49.77</t>
+  </si>
+  <si>
+    <t>39.61</t>
+  </si>
+  <si>
+    <t>Кирилл Калачев</t>
+  </si>
+  <si>
+    <t>49.87</t>
+  </si>
+  <si>
+    <t>42.39</t>
+  </si>
+  <si>
+    <t>Сергей Шеронов</t>
+  </si>
+  <si>
+    <t>53.08</t>
+  </si>
+  <si>
+    <t>50.90</t>
+  </si>
+  <si>
+    <t>Наталья Жукова</t>
+  </si>
+  <si>
+    <t>54.20</t>
+  </si>
+  <si>
+    <t>43.37</t>
+  </si>
+  <si>
+    <t>Дмитрий Салкин</t>
+  </si>
+  <si>
+    <t>55.21</t>
+  </si>
+  <si>
+    <t>48.85</t>
+  </si>
+  <si>
+    <t>Даниил Глаголев</t>
+  </si>
+  <si>
     <t>Евгений Скачков</t>
-  </si>
-[...97 lines deleted...]
-    <t>Даниил Глаголев</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1218,65 +1212,65 @@
     <row r="10" spans="1:4">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>28</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>29</v>
       </c>
       <c r="D10" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
         <v>31</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>32</v>
       </c>
       <c r="D11" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
+        <v>33</v>
+      </c>
+      <c r="C12" s="1" t="s">
         <v>34</v>
       </c>
-      <c r="C12" s="1" t="s">
+      <c r="D12" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
         <v>36</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>37</v>
       </c>
       <c r="D13" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
         <v>39</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>40</v>
@@ -1386,121 +1380,121 @@
     <row r="22" spans="1:4">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
         <v>63</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>64</v>
       </c>
       <c r="D22" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
         <v>66</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>67</v>
       </c>
       <c r="D23" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
         <v>68</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>69</v>
       </c>
       <c r="D24" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
         <v>71</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>72</v>
       </c>
       <c r="D25" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
         <v>74</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>75</v>
       </c>
       <c r="D26" t="s">
-        <v>62</v>
+        <v>76</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D27" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D28" t="s">
-        <v>81</v>
+        <v>62</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
         <v>82</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>83</v>
       </c>
       <c r="D29" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
         <v>85</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>86</v>
@@ -1610,65 +1604,65 @@
     <row r="38" spans="1:4">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
         <v>109</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>110</v>
       </c>
       <c r="D38" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
         <v>112</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D39" t="s">
-        <v>114</v>
+        <v>26</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
+        <v>114</v>
+      </c>
+      <c r="C40" s="1" t="s">
         <v>115</v>
       </c>
-      <c r="C40" s="1" t="s">
+      <c r="D40" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
         <v>117</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>118</v>
       </c>
       <c r="D41" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
         <v>120</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>121</v>
@@ -1750,135 +1744,135 @@
     <row r="48" spans="1:4">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
         <v>138</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>139</v>
       </c>
       <c r="D48" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
         <v>141</v>
       </c>
       <c r="C49" s="1" t="s">
         <v>142</v>
       </c>
       <c r="D49" t="s">
-        <v>69</v>
+        <v>143</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="D50" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="D51" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="D52" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="D53" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="D54" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
+        <v>159</v>
+      </c>
+      <c r="C55" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="D55" t="s">
         <v>158</v>
-      </c>
-[...4 lines deleted...]
-        <v>160</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
         <v>161</v>
       </c>
       <c r="C56" s="1" t="s">
         <v>162</v>
       </c>
       <c r="D56" t="s">
         <v>163</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
         <v>164</v>
       </c>
       <c r="C57" s="1" t="s">
         <v>165</v>
@@ -2132,66 +2126,58 @@
       <c r="B75" t="s">
         <v>218</v>
       </c>
       <c r="C75" s="1" t="s">
         <v>219</v>
       </c>
       <c r="D75" t="s">
         <v>220</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76">
         <v>75</v>
       </c>
       <c r="B76" t="s">
         <v>221</v>
       </c>
       <c r="C76" s="1" t="s">
         <v>222</v>
       </c>
       <c r="D76" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="77" spans="1:4">
-      <c r="A77">
-[...1 lines deleted...]
-      </c>
       <c r="B77" t="s">
         <v>224</v>
       </c>
-      <c r="C77" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C77" s="1"/>
     </row>
     <row r="78" spans="1:4">
       <c r="B78" t="s">
-        <v>227</v>
+        <v>225</v>
       </c>
       <c r="C78" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>