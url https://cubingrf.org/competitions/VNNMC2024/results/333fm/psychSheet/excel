--- v0 (2025-11-30)
+++ v1 (2026-03-03)
@@ -44,90 +44,90 @@
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Никита Попков</t>
   </si>
   <si>
     <t>24.00</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Евгений Скачков</t>
   </si>
   <si>
     <t>29.33</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
+    <t>Полина Лаптева</t>
+  </si>
+  <si>
+    <t>31.00</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
     <t>Николай Массон</t>
   </si>
   <si>
-    <t>31.00</t>
+    <t>29</t>
+  </si>
+  <si>
+    <t>Екатерина Канева</t>
+  </si>
+  <si>
+    <t>31.67</t>
+  </si>
+  <si>
+    <t>Андрей Панов</t>
+  </si>
+  <si>
+    <t>32.00</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>Максим Чечнев</t>
+  </si>
+  <si>
+    <t>33.00</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>Полина Лаптева</t>
-[...25 lines deleted...]
-  <si>
     <t>Николай Васильев</t>
-  </si>
-[...1 lines deleted...]
-    <t>29</t>
   </si>
   <si>
     <t>Андрей Синицын</t>
   </si>
   <si>
     <t>34.67</t>
   </si>
   <si>
     <t>Ольга Ясакова</t>
   </si>
   <si>
     <t>37.00</t>
   </si>
   <si>
     <t>Александр Ермаков</t>
   </si>
   <si>
     <t>41.00</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>Александр Катюков</t>
   </si>
@@ -675,93 +675,93 @@
     <row r="7" spans="1:4">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>18</v>
       </c>
       <c r="D7" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>21</v>
       </c>
       <c r="D9" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>25</v>
       </c>
       <c r="D10" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>27</v>
       </c>
       <c r="D11" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>29</v>
       </c>
       <c r="D12" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
         <v>31</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>32</v>