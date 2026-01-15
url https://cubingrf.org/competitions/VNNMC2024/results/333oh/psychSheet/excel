--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -80,158 +80,158 @@
   <si>
     <t>12.67</t>
   </si>
   <si>
     <t>10.82</t>
   </si>
   <si>
     <t>Никита Попков</t>
   </si>
   <si>
     <t>13.81</t>
   </si>
   <si>
     <t>9.14</t>
   </si>
   <si>
     <t>Андрей Синицын</t>
   </si>
   <si>
     <t>15.06</t>
   </si>
   <si>
     <t>12.53</t>
   </si>
   <si>
+    <t>Николай Массон</t>
+  </si>
+  <si>
+    <t>15.18</t>
+  </si>
+  <si>
+    <t>12.37</t>
+  </si>
+  <si>
     <t>Дмитрий Душейко</t>
   </si>
   <si>
     <t>15.27</t>
   </si>
   <si>
     <t>13.68</t>
   </si>
   <si>
     <t>Александр Ермаков</t>
   </si>
   <si>
     <t>15.28</t>
   </si>
   <si>
     <t>13.60</t>
   </si>
   <si>
     <t>Илья Епифанов</t>
   </si>
   <si>
     <t>15.33</t>
   </si>
   <si>
     <t>12.55</t>
   </si>
   <si>
     <t>Юрий Рякин</t>
   </si>
   <si>
     <t>15.52</t>
   </si>
   <si>
     <t>12.15</t>
   </si>
   <si>
     <t>Никита Платонов</t>
   </si>
   <si>
     <t>15.85</t>
   </si>
   <si>
     <t>12.60</t>
   </si>
   <si>
-    <t>Николай Массон</t>
-[...7 lines deleted...]
-  <si>
     <t>Николай Васильев</t>
   </si>
   <si>
     <t>16.38</t>
   </si>
   <si>
     <t>12.83</t>
   </si>
   <si>
+    <t>Тимофей Тюльпаков</t>
+  </si>
+  <si>
+    <t>16.41</t>
+  </si>
+  <si>
+    <t>12.58</t>
+  </si>
+  <si>
     <t>Филипп Радинский</t>
   </si>
   <si>
     <t>16.46</t>
   </si>
   <si>
     <t>12.50</t>
   </si>
   <si>
     <t>Максим Темнышов</t>
   </si>
   <si>
     <t>16.71</t>
   </si>
   <si>
     <t>12.95</t>
   </si>
   <si>
     <t>Сергей Миронченков</t>
   </si>
   <si>
     <t>17.00</t>
   </si>
   <si>
     <t>14.60</t>
   </si>
   <si>
     <t>Екатерина Канева</t>
   </si>
   <si>
     <t>17.05</t>
   </si>
   <si>
     <t>11.53</t>
   </si>
   <si>
-    <t>Тимофей Тюльпаков</t>
-[...7 lines deleted...]
-  <si>
     <t>Полина Лаптева</t>
   </si>
   <si>
     <t>17.59</t>
   </si>
   <si>
     <t>13.22</t>
   </si>
   <si>
     <t>Даниил Тамбовцев</t>
   </si>
   <si>
     <t>18.22</t>
   </si>
   <si>
     <t>14.24</t>
   </si>
   <si>
     <t>Иларион Камардин</t>
   </si>
   <si>
     <t>18.81</t>
   </si>
   <si>
     <t>17.19</t>
@@ -239,66 +239,66 @@
   <si>
     <t>Владислав Шуршилин</t>
   </si>
   <si>
     <t>19.03</t>
   </si>
   <si>
     <t>14.44</t>
   </si>
   <si>
     <t>Иван Олейников</t>
   </si>
   <si>
     <t>19.21</t>
   </si>
   <si>
     <t>Дмитрий Тупис</t>
   </si>
   <si>
     <t>19.28</t>
   </si>
   <si>
     <t>16.14</t>
   </si>
   <si>
+    <t>Анастасия Майкова</t>
+  </si>
+  <si>
+    <t>19.48</t>
+  </si>
+  <si>
+    <t>15.63</t>
+  </si>
+  <si>
     <t>Олег Демчук</t>
   </si>
   <si>
     <t>19.84</t>
   </si>
   <si>
     <t>16.60</t>
-  </si>
-[...7 lines deleted...]
-    <t>16.92</t>
   </si>
   <si>
     <t>Екатерина Соболева</t>
   </si>
   <si>
     <t>20.47</t>
   </si>
   <si>
     <t>14.35</t>
   </si>
   <si>
     <t>Богдан Землянский</t>
   </si>
   <si>
     <t>21.34</t>
   </si>
   <si>
     <t>16.79</t>
   </si>
   <si>
     <t>Андрей Жуков</t>
   </si>
   <si>
     <t>21.81</t>
   </si>