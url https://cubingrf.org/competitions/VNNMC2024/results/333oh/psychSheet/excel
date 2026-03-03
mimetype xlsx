--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -12,233 +12,233 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="333oh" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="157">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="156">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
+    <t>Дмитрий Гундин</t>
+  </si>
+  <si>
+    <t>10.77</t>
+  </si>
+  <si>
+    <t>9.42</t>
+  </si>
+  <si>
+    <t>Арсений Боровков</t>
+  </si>
+  <si>
+    <t>10.83</t>
+  </si>
+  <si>
+    <t>8.76</t>
+  </si>
+  <si>
     <t>Анатолий Туренко</t>
   </si>
   <si>
-    <t>10.75</t>
+    <t>11.70</t>
   </si>
   <si>
     <t>8.87</t>
   </si>
   <si>
-    <t>Арсений Боровков</t>
-[...16 lines deleted...]
-  <si>
     <t>Андрей Панов</t>
   </si>
   <si>
     <t>12.67</t>
   </si>
   <si>
-    <t>10.82</t>
+    <t>10.78</t>
   </si>
   <si>
     <t>Никита Попков</t>
   </si>
   <si>
     <t>13.81</t>
   </si>
   <si>
-    <t>9.14</t>
+    <t>10.35</t>
   </si>
   <si>
     <t>Андрей Синицын</t>
   </si>
   <si>
     <t>15.06</t>
   </si>
   <si>
     <t>12.53</t>
   </si>
   <si>
+    <t>Дмитрий Душейко</t>
+  </si>
+  <si>
+    <t>15.27</t>
+  </si>
+  <si>
+    <t>13.31</t>
+  </si>
+  <si>
+    <t>Александр Ермаков</t>
+  </si>
+  <si>
+    <t>15.28</t>
+  </si>
+  <si>
+    <t>13.60</t>
+  </si>
+  <si>
+    <t>Илья Епифанов</t>
+  </si>
+  <si>
+    <t>15.33</t>
+  </si>
+  <si>
+    <t>12.55</t>
+  </si>
+  <si>
+    <t>Юрий Рякин</t>
+  </si>
+  <si>
+    <t>15.52</t>
+  </si>
+  <si>
+    <t>12.15</t>
+  </si>
+  <si>
+    <t>Никита Платонов</t>
+  </si>
+  <si>
+    <t>15.85</t>
+  </si>
+  <si>
+    <t>12.60</t>
+  </si>
+  <si>
     <t>Николай Массон</t>
   </si>
   <si>
-    <t>15.18</t>
+    <t>16.15</t>
   </si>
   <si>
     <t>12.37</t>
   </si>
   <si>
-    <t>Дмитрий Душейко</t>
-[...43 lines deleted...]
-  <si>
     <t>Николай Васильев</t>
   </si>
   <si>
     <t>16.38</t>
   </si>
   <si>
     <t>12.83</t>
   </si>
   <si>
     <t>Тимофей Тюльпаков</t>
   </si>
   <si>
     <t>16.41</t>
   </si>
   <si>
     <t>12.58</t>
   </si>
   <si>
     <t>Филипп Радинский</t>
   </si>
   <si>
     <t>16.46</t>
   </si>
   <si>
     <t>12.50</t>
   </si>
   <si>
     <t>Максим Темнышов</t>
   </si>
   <si>
     <t>16.71</t>
   </si>
   <si>
     <t>12.95</t>
   </si>
   <si>
+    <t>Екатерина Канева</t>
+  </si>
+  <si>
+    <t>17.05</t>
+  </si>
+  <si>
+    <t>11.53</t>
+  </si>
+  <si>
+    <t>Полина Лаптева</t>
+  </si>
+  <si>
+    <t>17.59</t>
+  </si>
+  <si>
+    <t>13.22</t>
+  </si>
+  <si>
     <t>Сергей Миронченков</t>
   </si>
   <si>
-    <t>17.00</t>
-[...20 lines deleted...]
-    <t>13.22</t>
+    <t>17.83</t>
+  </si>
+  <si>
+    <t>14.88</t>
   </si>
   <si>
     <t>Даниил Тамбовцев</t>
   </si>
   <si>
     <t>18.22</t>
   </si>
   <si>
     <t>14.24</t>
   </si>
   <si>
     <t>Иларион Камардин</t>
   </si>
   <si>
     <t>18.81</t>
   </si>
   <si>
     <t>17.19</t>
   </si>
   <si>
     <t>Владислав Шуршилин</t>
   </si>
   <si>
     <t>19.03</t>
   </si>
@@ -248,282 +248,279 @@
   <si>
     <t>Иван Олейников</t>
   </si>
   <si>
     <t>19.21</t>
   </si>
   <si>
     <t>Дмитрий Тупис</t>
   </si>
   <si>
     <t>19.28</t>
   </si>
   <si>
     <t>16.14</t>
   </si>
   <si>
     <t>Анастасия Майкова</t>
   </si>
   <si>
     <t>19.48</t>
   </si>
   <si>
     <t>15.63</t>
   </si>
   <si>
+    <t>Екатерина Соболева</t>
+  </si>
+  <si>
+    <t>19.67</t>
+  </si>
+  <si>
+    <t>14.35</t>
+  </si>
+  <si>
     <t>Олег Демчук</t>
   </si>
   <si>
     <t>19.84</t>
   </si>
   <si>
     <t>16.60</t>
   </si>
   <si>
-    <t>Екатерина Соболева</t>
-[...7 lines deleted...]
-  <si>
     <t>Богдан Землянский</t>
   </si>
   <si>
     <t>21.34</t>
   </si>
   <si>
     <t>16.79</t>
   </si>
   <si>
     <t>Андрей Жуков</t>
   </si>
   <si>
     <t>21.81</t>
   </si>
   <si>
     <t>16.96</t>
   </si>
   <si>
     <t>Максим Дейч</t>
   </si>
   <si>
     <t>22.06</t>
   </si>
   <si>
     <t>17.36</t>
   </si>
   <si>
+    <t>Иван Сидоренко</t>
+  </si>
+  <si>
+    <t>23.98</t>
+  </si>
+  <si>
+    <t>18.48</t>
+  </si>
+  <si>
+    <t>Никита Брылин</t>
+  </si>
+  <si>
+    <t>24.29</t>
+  </si>
+  <si>
+    <t>22.08</t>
+  </si>
+  <si>
+    <t>Карина Шамова</t>
+  </si>
+  <si>
+    <t>24.48</t>
+  </si>
+  <si>
+    <t>19.20</t>
+  </si>
+  <si>
+    <t>Алексей Корицкий</t>
+  </si>
+  <si>
+    <t>24.90</t>
+  </si>
+  <si>
+    <t>20.20</t>
+  </si>
+  <si>
+    <t>Василий Николашин</t>
+  </si>
+  <si>
+    <t>24.94</t>
+  </si>
+  <si>
+    <t>Глеб Батенин</t>
+  </si>
+  <si>
+    <t>24.99</t>
+  </si>
+  <si>
+    <t>18.24</t>
+  </si>
+  <si>
+    <t>Дмитрий Дунаев</t>
+  </si>
+  <si>
+    <t>27.06</t>
+  </si>
+  <si>
+    <t>23.50</t>
+  </si>
+  <si>
+    <t>Тимофей Терещенко</t>
+  </si>
+  <si>
+    <t>27.40</t>
+  </si>
+  <si>
+    <t>21.61</t>
+  </si>
+  <si>
+    <t>Агата Комекова</t>
+  </si>
+  <si>
+    <t>27.77</t>
+  </si>
+  <si>
+    <t>23.70</t>
+  </si>
+  <si>
     <t>Данила Шуваев</t>
   </si>
   <si>
-    <t>23.43</t>
+    <t>29.37</t>
   </si>
   <si>
     <t>19.17</t>
   </si>
   <si>
-    <t>Иван Сидоренко</t>
-[...79 lines deleted...]
-  <si>
     <t>Александр Катюков</t>
   </si>
   <si>
     <t>32.01</t>
   </si>
   <si>
-    <t>27.45</t>
+    <t>28.23</t>
   </si>
   <si>
     <t>Дарья Елисеева</t>
   </si>
   <si>
     <t>32.58</t>
   </si>
   <si>
     <t>23.85</t>
   </si>
   <si>
+    <t>Артём Сенкевич</t>
+  </si>
+  <si>
+    <t>34.60</t>
+  </si>
+  <si>
+    <t>31.52</t>
+  </si>
+  <si>
+    <t>Богдан Кашин</t>
+  </si>
+  <si>
+    <t>35.85</t>
+  </si>
+  <si>
+    <t>21.33</t>
+  </si>
+  <si>
     <t>Максим Чечнев</t>
   </si>
   <si>
-    <t>32.76</t>
-[...20 lines deleted...]
-    <t>21.33</t>
+    <t>37.39</t>
+  </si>
+  <si>
+    <t>29.92</t>
+  </si>
+  <si>
+    <t>Анастасия Тихенко</t>
+  </si>
+  <si>
+    <t>38.23</t>
+  </si>
+  <si>
+    <t>33.45</t>
+  </si>
+  <si>
+    <t>Илья Зибарев</t>
+  </si>
+  <si>
+    <t>39.59</t>
+  </si>
+  <si>
+    <t>31.33</t>
   </si>
   <si>
     <t>Марк Бурлуцкий</t>
   </si>
   <si>
-    <t>37.79</t>
-[...20 lines deleted...]
-    <t>31.33</t>
+    <t>39.61</t>
+  </si>
+  <si>
+    <t>34.45</t>
   </si>
   <si>
     <t>Андрей Разживин</t>
   </si>
   <si>
     <t>42.66</t>
   </si>
   <si>
     <t>37.09</t>
   </si>
   <si>
     <t>Владимир Щеглов</t>
   </si>
   <si>
     <t>49.49</t>
   </si>
   <si>
     <t>29.70</t>
   </si>
   <si>
     <t>Ольга Ясакова</t>
   </si>
   <si>
-    <t>1:01.64</t>
-[...2 lines deleted...]
-    <t>43.61</t>
+    <t>54.43</t>
+  </si>
+  <si>
+    <t>49.21</t>
   </si>
   <si>
     <t>Даниил Глаголев</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1355,280 +1352,280 @@
     <row r="35" spans="1:4">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
         <v>102</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>103</v>
       </c>
       <c r="D35" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
         <v>105</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>106</v>
       </c>
       <c r="D36" t="s">
-        <v>107</v>
+        <v>59</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
+        <v>107</v>
+      </c>
+      <c r="C37" s="1" t="s">
         <v>108</v>
       </c>
-      <c r="C37" s="1" t="s">
+      <c r="D37" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
+        <v>110</v>
+      </c>
+      <c r="C38" s="1" t="s">
         <v>111</v>
       </c>
-      <c r="C38" s="1" t="s">
+      <c r="D38" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
+        <v>113</v>
+      </c>
+      <c r="C39" s="1" t="s">
         <v>114</v>
       </c>
-      <c r="C39" s="1" t="s">
+      <c r="D39" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
+        <v>116</v>
+      </c>
+      <c r="C40" s="1" t="s">
         <v>117</v>
       </c>
-      <c r="C40" s="1" t="s">
+      <c r="D40" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
+        <v>119</v>
+      </c>
+      <c r="C41" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="C41" s="1" t="s">
+      <c r="D41" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
+        <v>122</v>
+      </c>
+      <c r="C42" s="1" t="s">
         <v>123</v>
       </c>
-      <c r="C42" s="1" t="s">
+      <c r="D42" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
+        <v>125</v>
+      </c>
+      <c r="C43" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="C43" s="1" t="s">
+      <c r="D43" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
+        <v>128</v>
+      </c>
+      <c r="C44" s="1" t="s">
         <v>129</v>
       </c>
-      <c r="C44" s="1" t="s">
+      <c r="D44" t="s">
         <v>130</v>
-      </c>
-[...1 lines deleted...]
-        <v>131</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
+        <v>131</v>
+      </c>
+      <c r="C45" s="1" t="s">
         <v>132</v>
       </c>
-      <c r="C45" s="1" t="s">
+      <c r="D45" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
+        <v>134</v>
+      </c>
+      <c r="C46" s="1" t="s">
         <v>135</v>
       </c>
-      <c r="C46" s="1" t="s">
+      <c r="D46" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
+        <v>137</v>
+      </c>
+      <c r="C47" s="1" t="s">
         <v>138</v>
       </c>
-      <c r="C47" s="1" t="s">
+      <c r="D47" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
+        <v>140</v>
+      </c>
+      <c r="C48" s="1" t="s">
         <v>141</v>
       </c>
-      <c r="C48" s="1" t="s">
+      <c r="D48" t="s">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
+        <v>143</v>
+      </c>
+      <c r="C49" s="1" t="s">
         <v>144</v>
       </c>
-      <c r="C49" s="1" t="s">
+      <c r="D49" t="s">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
+        <v>146</v>
+      </c>
+      <c r="C50" s="1" t="s">
         <v>147</v>
       </c>
-      <c r="C50" s="1" t="s">
+      <c r="D50" t="s">
         <v>148</v>
-      </c>
-[...1 lines deleted...]
-        <v>149</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
+        <v>149</v>
+      </c>
+      <c r="C51" s="1" t="s">
         <v>150</v>
       </c>
-      <c r="C51" s="1" t="s">
+      <c r="D51" t="s">
         <v>151</v>
-      </c>
-[...1 lines deleted...]
-        <v>152</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
+        <v>152</v>
+      </c>
+      <c r="C52" s="1" t="s">
         <v>153</v>
       </c>
-      <c r="C52" s="1" t="s">
+      <c r="D52" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="B53" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="C53" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>