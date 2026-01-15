--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -38,119 +38,119 @@
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Андрей Панов</t>
   </si>
   <si>
     <t>53.03</t>
   </si>
   <si>
     <t>48.87</t>
   </si>
   <si>
     <t>Анатолий Туренко</t>
   </si>
   <si>
-    <t>54.98</t>
-[...2 lines deleted...]
-    <t>46.39</t>
+    <t>54.02</t>
+  </si>
+  <si>
+    <t>46.09</t>
   </si>
   <si>
     <t>Никита Попков</t>
   </si>
   <si>
     <t>58.84</t>
   </si>
   <si>
     <t>53.58</t>
   </si>
   <si>
     <t>Дмитрий Гундин</t>
   </si>
   <si>
     <t>1:00.60</t>
   </si>
   <si>
     <t>51.01</t>
   </si>
   <si>
+    <t>Екатерина Канева</t>
+  </si>
+  <si>
+    <t>1:00.78</t>
+  </si>
+  <si>
+    <t>59.22</t>
+  </si>
+  <si>
     <t>Дмитрий Душейко</t>
   </si>
   <si>
     <t>1:04.46</t>
   </si>
   <si>
     <t>52.77</t>
   </si>
   <si>
-    <t>Екатерина Канева</t>
-[...7 lines deleted...]
-  <si>
     <t>Андрей Синицын</t>
   </si>
   <si>
     <t>1:08.75</t>
   </si>
   <si>
     <t>1:06.10</t>
   </si>
   <si>
+    <t>Полина Лаптева</t>
+  </si>
+  <si>
+    <t>1:09.32</t>
+  </si>
+  <si>
+    <t>1:00.05</t>
+  </si>
+  <si>
     <t>Даниил Тамбовцев</t>
   </si>
   <si>
     <t>1:10.82</t>
   </si>
   <si>
     <t>1:03.16</t>
   </si>
   <si>
-    <t>Полина Лаптева</t>
-[...7 lines deleted...]
-  <si>
     <t>Николай Васильев</t>
   </si>
   <si>
     <t>1:12.60</t>
   </si>
   <si>
     <t>1:07.88</t>
   </si>
   <si>
     <t>Юрий Рякин</t>
   </si>
   <si>
     <t>1:13.14</t>
   </si>
   <si>
     <t>1:02.12</t>
   </si>
   <si>
     <t>Илья Епифанов</t>
   </si>
   <si>
     <t>1:13.84</t>
   </si>
   <si>
     <t>1:05.46</t>
@@ -161,68 +161,68 @@
   <si>
     <t>1:14.68</t>
   </si>
   <si>
     <t>1:09.34</t>
   </si>
   <si>
     <t>Александр Ермаков</t>
   </si>
   <si>
     <t>1:17.55</t>
   </si>
   <si>
     <t>1:07.61</t>
   </si>
   <si>
     <t>Дмитрий Тупис</t>
   </si>
   <si>
     <t>1:18.31</t>
   </si>
   <si>
     <t>1:08.33</t>
   </si>
   <si>
+    <t>Максим Дейч</t>
+  </si>
+  <si>
+    <t>1:20.07</t>
+  </si>
+  <si>
+    <t>1:10.83</t>
+  </si>
+  <si>
     <t>Карина Шамова</t>
   </si>
   <si>
     <t>1:26.18</t>
   </si>
   <si>
     <t>1:20.71</t>
   </si>
   <si>
-    <t>Максим Дейч</t>
-[...7 lines deleted...]
-  <si>
     <t>Андрей Жуков</t>
   </si>
   <si>
     <t>1:27.92</t>
   </si>
   <si>
     <t>1:14.82</t>
   </si>
   <si>
     <t>Никита Брылин</t>
   </si>
   <si>
     <t>1:28.58</t>
   </si>
   <si>
     <t>1:22.12</t>
   </si>
   <si>
     <t>Сергей Миронченков</t>
   </si>
   <si>
     <t>1:29.81</t>
   </si>
   <si>
     <t>1:21.80</t>
@@ -245,72 +245,72 @@
   <si>
     <t>1:15.87</t>
   </si>
   <si>
     <t>Владислав Шуршилин</t>
   </si>
   <si>
     <t>1:31.56</t>
   </si>
   <si>
     <t>1:23.60</t>
   </si>
   <si>
     <t>Никита Платонов</t>
   </si>
   <si>
     <t>1:32.17</t>
   </si>
   <si>
     <t>1:25.13</t>
   </si>
   <si>
     <t>Анастасия Майкова</t>
   </si>
   <si>
-    <t>1:33.52</t>
+    <t>1:32.71</t>
   </si>
   <si>
     <t>1:24.75</t>
   </si>
   <si>
     <t>Алексей Корицкий</t>
   </si>
   <si>
     <t>1:37.71</t>
   </si>
   <si>
     <t>1:29.79</t>
   </si>
   <si>
     <t>Анастасия Тихенко</t>
   </si>
   <si>
     <t>1:37.81</t>
   </si>
   <si>
-    <t>1:29.33</t>
+    <t>1:28.93</t>
   </si>
   <si>
     <t>Арсений Боровков</t>
   </si>
   <si>
     <t>1:45.42</t>
   </si>
   <si>
     <t>1:35.79</t>
   </si>
   <si>
     <t>Тимофей Тюльпаков</t>
   </si>
   <si>
     <t>1:47.02</t>
   </si>
   <si>
     <t>1:44.71</t>
   </si>
   <si>
     <t>Иван Сидоренко</t>
   </si>
   <si>
     <t>1:47.91</t>
   </si>