--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -12,262 +12,262 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="555" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="121">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="120">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
+    <t>Анатолий Туренко</t>
+  </si>
+  <si>
+    <t>52.82</t>
+  </si>
+  <si>
+    <t>46.09</t>
+  </si>
+  <si>
     <t>Андрей Панов</t>
   </si>
   <si>
     <t>53.03</t>
   </si>
   <si>
     <t>48.87</t>
   </si>
   <si>
-    <t>Анатолий Туренко</t>
-[...5 lines deleted...]
-    <t>46.09</t>
+    <t>Дмитрий Гундин</t>
+  </si>
+  <si>
+    <t>58.68</t>
+  </si>
+  <si>
+    <t>51.01</t>
   </si>
   <si>
     <t>Никита Попков</t>
   </si>
   <si>
-    <t>58.84</t>
-[...11 lines deleted...]
-    <t>51.01</t>
+    <t>1:00.12</t>
+  </si>
+  <si>
+    <t>49.14</t>
   </si>
   <si>
     <t>Екатерина Канева</t>
   </si>
   <si>
     <t>1:00.78</t>
   </si>
   <si>
-    <t>59.22</t>
+    <t>58.17</t>
   </si>
   <si>
     <t>Дмитрий Душейко</t>
   </si>
   <si>
     <t>1:04.46</t>
   </si>
   <si>
     <t>52.77</t>
   </si>
   <si>
     <t>Андрей Синицын</t>
   </si>
   <si>
     <t>1:08.75</t>
   </si>
   <si>
     <t>1:06.10</t>
   </si>
   <si>
     <t>Полина Лаптева</t>
   </si>
   <si>
     <t>1:09.32</t>
   </si>
   <si>
-    <t>1:00.05</t>
+    <t>57.96</t>
+  </si>
+  <si>
+    <t>Николай Васильев</t>
+  </si>
+  <si>
+    <t>1:10.43</t>
+  </si>
+  <si>
+    <t>1:07.88</t>
   </si>
   <si>
     <t>Даниил Тамбовцев</t>
   </si>
   <si>
     <t>1:10.82</t>
   </si>
   <si>
     <t>1:03.16</t>
   </si>
   <si>
-    <t>Николай Васильев</t>
-[...7 lines deleted...]
-  <si>
     <t>Юрий Рякин</t>
   </si>
   <si>
     <t>1:13.14</t>
   </si>
   <si>
     <t>1:02.12</t>
   </si>
   <si>
     <t>Илья Епифанов</t>
   </si>
   <si>
     <t>1:13.84</t>
   </si>
   <si>
     <t>1:05.46</t>
   </si>
   <si>
+    <t>Дмитрий Тупис</t>
+  </si>
+  <si>
+    <t>1:16.42</t>
+  </si>
+  <si>
+    <t>1:08.33</t>
+  </si>
+  <si>
     <t>Тимофей Терещенко</t>
   </si>
   <si>
-    <t>1:14.68</t>
-[...2 lines deleted...]
-    <t>1:09.34</t>
+    <t>1:16.84</t>
+  </si>
+  <si>
+    <t>1:06.32</t>
   </si>
   <si>
     <t>Александр Ермаков</t>
   </si>
   <si>
     <t>1:17.55</t>
   </si>
   <si>
     <t>1:07.61</t>
   </si>
   <si>
-    <t>Дмитрий Тупис</t>
-[...7 lines deleted...]
-  <si>
     <t>Максим Дейч</t>
   </si>
   <si>
     <t>1:20.07</t>
   </si>
   <si>
     <t>1:10.83</t>
   </si>
   <si>
     <t>Карина Шамова</t>
   </si>
   <si>
     <t>1:26.18</t>
   </si>
   <si>
     <t>1:20.71</t>
   </si>
   <si>
     <t>Андрей Жуков</t>
   </si>
   <si>
     <t>1:27.92</t>
   </si>
   <si>
     <t>1:14.82</t>
   </si>
   <si>
     <t>Никита Брылин</t>
   </si>
   <si>
     <t>1:28.58</t>
   </si>
   <si>
     <t>1:22.12</t>
   </si>
   <si>
+    <t>Ольга Ясакова</t>
+  </si>
+  <si>
+    <t>1:29.76</t>
+  </si>
+  <si>
+    <t>1:15.87</t>
+  </si>
+  <si>
     <t>Сергей Миронченков</t>
   </si>
   <si>
     <t>1:29.81</t>
   </si>
   <si>
     <t>1:21.80</t>
   </si>
   <si>
     <t>Богдан Землянский</t>
   </si>
   <si>
     <t>1:30.94</t>
   </si>
   <si>
     <t>1:17.90</t>
   </si>
   <si>
-    <t>Ольга Ясакова</t>
-[...7 lines deleted...]
-  <si>
     <t>Владислав Шуршилин</t>
   </si>
   <si>
     <t>1:31.56</t>
   </si>
   <si>
     <t>1:23.60</t>
   </si>
   <si>
     <t>Никита Платонов</t>
   </si>
   <si>
     <t>1:32.17</t>
   </si>
   <si>
     <t>1:25.13</t>
   </si>
   <si>
     <t>Анастасия Майкова</t>
   </si>
   <si>
     <t>1:32.71</t>
   </si>
   <si>
     <t>1:24.75</t>
@@ -344,75 +344,72 @@
   <si>
     <t>1:46.27</t>
   </si>
   <si>
     <t>Владимир Щеглов</t>
   </si>
   <si>
     <t>2:10.22</t>
   </si>
   <si>
     <t>2:03.70</t>
   </si>
   <si>
     <t>Глеб Батенин</t>
   </si>
   <si>
     <t>2:10.86</t>
   </si>
   <si>
     <t>1:45.78</t>
   </si>
   <si>
     <t>Дарья Елисеева</t>
   </si>
   <si>
-    <t>2:11.42</t>
+    <t>2:11.72</t>
   </si>
   <si>
     <t>1:53.17</t>
   </si>
   <si>
     <t>Андрей Разживин</t>
   </si>
   <si>
-    <t>2:20.93</t>
-[...2 lines deleted...]
-    <t>2:07.50</t>
+    <t>2:21.63</t>
+  </si>
+  <si>
+    <t>2:11.48</t>
   </si>
   <si>
     <t>Иван Олейников</t>
   </si>
   <si>
     <t>2:18.18</t>
   </si>
   <si>
     <t>Марк Бурлуцкий</t>
-  </si>
-[...1 lines deleted...]
-    <t>2:39.30</t>
   </si>
   <si>
     <t>Сергей Шеронов</t>
   </si>
   <si>
     <t>Трофим Зотов</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
@@ -1291,70 +1288,64 @@
         <v>37</v>
       </c>
       <c r="B38" t="s">
         <v>112</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>113</v>
       </c>
       <c r="D38" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
         <v>115</v>
       </c>
       <c r="C39" s="1"/>
       <c r="D39" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="40" spans="1:4">
-      <c r="A40">
-[...1 lines deleted...]
-      </c>
       <c r="B40" t="s">
         <v>117</v>
       </c>
       <c r="C40" s="1"/>
-      <c r="D40" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="41" spans="1:4">
       <c r="B41" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="C41" s="1"/>
     </row>
     <row r="42" spans="1:4">
       <c r="B42" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="C42" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>