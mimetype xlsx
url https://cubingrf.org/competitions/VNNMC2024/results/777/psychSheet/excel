--- v0 (2026-01-15)
+++ v1 (2026-03-03)
@@ -26,147 +26,147 @@
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="777" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
+    <t>Андрей Панов</t>
+  </si>
+  <si>
+    <t>2:36.80</t>
+  </si>
+  <si>
+    <t>2:25.69</t>
+  </si>
+  <si>
     <t>Никита Попков</t>
   </si>
   <si>
     <t>2:46.53</t>
   </si>
   <si>
     <t>2:28.79</t>
   </si>
   <si>
-    <t>Андрей Панов</t>
-[...7 lines deleted...]
-  <si>
     <t>Дмитрий Душейко</t>
   </si>
   <si>
     <t>2:56.07</t>
   </si>
   <si>
     <t>2:46.81</t>
   </si>
   <si>
     <t>Екатерина Канева</t>
   </si>
   <si>
-    <t>3:10.59</t>
-[...2 lines deleted...]
-    <t>3:01.48</t>
+    <t>3:09.23</t>
+  </si>
+  <si>
+    <t>2:59.24</t>
   </si>
   <si>
     <t>Николай Васильев</t>
   </si>
   <si>
     <t>3:22.79</t>
   </si>
   <si>
     <t>3:09.49</t>
   </si>
   <si>
     <t>Анатолий Туренко</t>
   </si>
   <si>
     <t>3:27.96</t>
   </si>
   <si>
-    <t>3:18.36</t>
+    <t>3:21.63</t>
   </si>
   <si>
     <t>Дмитрий Тупис</t>
   </si>
   <si>
     <t>3:40.18</t>
   </si>
   <si>
     <t>3:32.18</t>
   </si>
   <si>
     <t>Тимофей Терещенко</t>
   </si>
   <si>
     <t>3:44.06</t>
   </si>
   <si>
-    <t>3:38.81</t>
+    <t>3:36.70</t>
   </si>
   <si>
     <t>Юрий Рякин</t>
   </si>
   <si>
     <t>3:49.79</t>
   </si>
   <si>
     <t>3:36.09</t>
   </si>
   <si>
     <t>Илья Епифанов</t>
   </si>
   <si>
     <t>4:07.45</t>
   </si>
   <si>
     <t>3:36.75</t>
   </si>
   <si>
     <t>Ольга Ясакова</t>
   </si>
   <si>
-    <t>4:13.42</t>
-[...2 lines deleted...]
-    <t>4:04.32</t>
+    <t>4:18.15</t>
+  </si>
+  <si>
+    <t>4:07.24</t>
   </si>
   <si>
     <t>Даниил Тамбовцев</t>
   </si>
   <si>
     <t>4:20.73</t>
   </si>
   <si>
     <t>3:51.66</t>
   </si>
   <si>
     <t>Андрей Синицын</t>
   </si>
   <si>
     <t>4:36.24</t>
   </si>
   <si>
     <t>3:26.49</t>
   </si>
   <si>
     <t>Андрей Жуков</t>
   </si>
   <si>
     <t>4:37.94</t>
   </si>