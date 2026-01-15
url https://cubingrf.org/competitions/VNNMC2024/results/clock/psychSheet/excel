--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -197,66 +197,66 @@
   <si>
     <t>8.10</t>
   </si>
   <si>
     <t>6.73</t>
   </si>
   <si>
     <t>Тимофей Тюльпаков</t>
   </si>
   <si>
     <t>8.52</t>
   </si>
   <si>
     <t>7.18</t>
   </si>
   <si>
     <t>Василий Николашин</t>
   </si>
   <si>
     <t>8.80</t>
   </si>
   <si>
     <t>7.93</t>
   </si>
   <si>
+    <t>Анастасия Майкова</t>
+  </si>
+  <si>
+    <t>9.47</t>
+  </si>
+  <si>
+    <t>8.36</t>
+  </si>
+  <si>
     <t>Дарья Елисеева</t>
   </si>
   <si>
     <t>9.52</t>
   </si>
   <si>
     <t>8.16</t>
-  </si>
-[...7 lines deleted...]
-    <t>8.38</t>
   </si>
   <si>
     <t>Карина Шамова</t>
   </si>
   <si>
     <t>10.08</t>
   </si>
   <si>
     <t>8.39</t>
   </si>
   <si>
     <t>Иван Сидоренко</t>
   </si>
   <si>
     <t>10.22</t>
   </si>
   <si>
     <t>7.16</t>
   </si>
   <si>
     <t>Дмитрий Тупис</t>
   </si>
   <si>
     <t>10.41</t>
   </si>