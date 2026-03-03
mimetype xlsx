--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -12,71 +12,71 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="clock" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="145">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="144">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Анатолий Туренко</t>
   </si>
   <si>
-    <t>3.10</t>
-[...2 lines deleted...]
-    <t>1.87</t>
+    <t>3.38</t>
+  </si>
+  <si>
+    <t>2.27</t>
   </si>
   <si>
     <t>Дмитрий Гундин</t>
   </si>
   <si>
     <t>3.59</t>
   </si>
   <si>
     <t>2.53</t>
   </si>
   <si>
     <t>Андрей Синицын</t>
   </si>
   <si>
     <t>3.70</t>
   </si>
   <si>
     <t>2.92</t>
   </si>
   <si>
     <t>Даниил Тамбовцев</t>
   </si>
   <si>
     <t>5.40</t>
   </si>
@@ -122,51 +122,51 @@
   <si>
     <t>Алексей Гундин</t>
   </si>
   <si>
     <t>6.22</t>
   </si>
   <si>
     <t>5.85</t>
   </si>
   <si>
     <t>Андрей Жуков</t>
   </si>
   <si>
     <t>6.40</t>
   </si>
   <si>
     <t>4.77</t>
   </si>
   <si>
     <t>Дмитрий Душейко</t>
   </si>
   <si>
     <t>6.65</t>
   </si>
   <si>
-    <t>5.23</t>
+    <t>5.44</t>
   </si>
   <si>
     <t>Платон Кабаков</t>
   </si>
   <si>
     <t>6.79</t>
   </si>
   <si>
     <t>5.19</t>
   </si>
   <si>
     <t>Александр Катюков</t>
   </si>
   <si>
     <t>7.41</t>
   </si>
   <si>
     <t>6.16</t>
   </si>
   <si>
     <t>Илья Епифанов</t>
   </si>
   <si>
     <t>7.48</t>
   </si>
@@ -188,303 +188,300 @@
   <si>
     <t>7.95</t>
   </si>
   <si>
     <t>7.12</t>
   </si>
   <si>
     <t>Екатерина Соболева</t>
   </si>
   <si>
     <t>8.10</t>
   </si>
   <si>
     <t>6.73</t>
   </si>
   <si>
     <t>Тимофей Тюльпаков</t>
   </si>
   <si>
     <t>8.52</t>
   </si>
   <si>
     <t>7.18</t>
   </si>
   <si>
+    <t>Анастасия Майкова</t>
+  </si>
+  <si>
+    <t>8.76</t>
+  </si>
+  <si>
     <t>Василий Николашин</t>
   </si>
   <si>
     <t>8.80</t>
   </si>
   <si>
     <t>7.93</t>
   </si>
   <si>
-    <t>Анастасия Майкова</t>
-[...7 lines deleted...]
-  <si>
     <t>Дарья Елисеева</t>
   </si>
   <si>
     <t>9.52</t>
   </si>
   <si>
     <t>8.16</t>
   </si>
   <si>
     <t>Карина Шамова</t>
   </si>
   <si>
     <t>10.08</t>
   </si>
   <si>
     <t>8.39</t>
   </si>
   <si>
     <t>Иван Сидоренко</t>
   </si>
   <si>
     <t>10.22</t>
   </si>
   <si>
     <t>7.16</t>
   </si>
   <si>
     <t>Дмитрий Тупис</t>
   </si>
   <si>
     <t>10.41</t>
   </si>
   <si>
+    <t>8.58</t>
+  </si>
+  <si>
     <t>Анастасия Тихенко</t>
   </si>
   <si>
     <t>10.75</t>
   </si>
   <si>
     <t>8.63</t>
   </si>
   <si>
     <t>Дмитрий Дунаев</t>
   </si>
   <si>
     <t>10.84</t>
   </si>
   <si>
     <t>8.64</t>
   </si>
   <si>
+    <t>Николай Васильев</t>
+  </si>
+  <si>
+    <t>11.20</t>
+  </si>
+  <si>
+    <t>9.48</t>
+  </si>
+  <si>
+    <t>Владимир Щеглов</t>
+  </si>
+  <si>
+    <t>11.32</t>
+  </si>
+  <si>
+    <t>9.76</t>
+  </si>
+  <si>
     <t>Владислав Шуршилин</t>
   </si>
   <si>
-    <t>10.96</t>
-[...17 lines deleted...]
-    <t>9.76</t>
+    <t>11.63</t>
   </si>
   <si>
     <t>Глеб Батенин</t>
   </si>
   <si>
     <t>11.64</t>
   </si>
   <si>
     <t>9.79</t>
   </si>
   <si>
     <t>Михаил Лосев</t>
   </si>
   <si>
     <t>13.18</t>
   </si>
   <si>
     <t>11.65</t>
   </si>
   <si>
     <t>Филипп Радинский</t>
   </si>
   <si>
     <t>13.37</t>
   </si>
   <si>
     <t>11.02</t>
   </si>
   <si>
     <t>Арсений Боровков</t>
   </si>
   <si>
     <t>13.84</t>
   </si>
   <si>
     <t>9.38</t>
   </si>
   <si>
     <t>Ольга Ясакова</t>
   </si>
   <si>
-    <t>14.59</t>
-[...2 lines deleted...]
-    <t>12.44</t>
+    <t>13.99</t>
+  </si>
+  <si>
+    <t>12.84</t>
   </si>
   <si>
     <t>Богдан Кашин</t>
   </si>
   <si>
     <t>15.82</t>
   </si>
   <si>
     <t>14.07</t>
   </si>
   <si>
     <t>Максим Дейч</t>
   </si>
   <si>
     <t>15.96</t>
   </si>
   <si>
     <t>13.34</t>
   </si>
   <si>
     <t>Никита Брылин</t>
   </si>
   <si>
     <t>15.99</t>
   </si>
   <si>
     <t>12.73</t>
   </si>
   <si>
     <t>Тимофей Терещенко</t>
   </si>
   <si>
     <t>16.24</t>
   </si>
   <si>
-    <t>11.89</t>
+    <t>14.85</t>
   </si>
   <si>
     <t>Артём Сенкевич</t>
   </si>
   <si>
     <t>17.86</t>
   </si>
   <si>
     <t>15.73</t>
   </si>
   <si>
     <t>Наталья Жукова</t>
   </si>
   <si>
     <t>19.52</t>
   </si>
   <si>
     <t>17.07</t>
   </si>
   <si>
     <t>Илья Зибарев</t>
   </si>
   <si>
     <t>19.99</t>
   </si>
   <si>
     <t>18.21</t>
   </si>
   <si>
     <t>Трофим Зотов</t>
   </si>
   <si>
     <t>22.67</t>
   </si>
   <si>
     <t>19.88</t>
   </si>
   <si>
+    <t>Даниил Попов</t>
+  </si>
+  <si>
+    <t>25.17</t>
+  </si>
+  <si>
+    <t>20.51</t>
+  </si>
+  <si>
+    <t>Максим Чечнев</t>
+  </si>
+  <si>
+    <t>28.72</t>
+  </si>
+  <si>
+    <t>24.82</t>
+  </si>
+  <si>
+    <t>Михаил Анохин</t>
+  </si>
+  <si>
+    <t>30.99</t>
+  </si>
+  <si>
+    <t>27.69</t>
+  </si>
+  <si>
+    <t>Дина Салихова</t>
+  </si>
+  <si>
+    <t>31.53</t>
+  </si>
+  <si>
+    <t>27.52</t>
+  </si>
+  <si>
     <t>Марк Бурлуцкий</t>
   </si>
   <si>
-    <t>24.86</t>
-[...38 lines deleted...]
-    <t>27.52</t>
+    <t>30.90</t>
   </si>
   <si>
     <t>Даниил Глаголев</t>
   </si>
   <si>
     <t>Ульяна Тимощенко</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
@@ -1095,191 +1092,191 @@
     <row r="19" spans="1:4">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
         <v>55</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>56</v>
       </c>
       <c r="D19" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
         <v>58</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>59</v>
       </c>
       <c r="D20" t="s">
-        <v>60</v>
+        <v>44</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
+        <v>60</v>
+      </c>
+      <c r="C21" s="1" t="s">
         <v>61</v>
       </c>
-      <c r="C21" s="1" t="s">
+      <c r="D21" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
+        <v>63</v>
+      </c>
+      <c r="C22" s="1" t="s">
         <v>64</v>
       </c>
-      <c r="C22" s="1" t="s">
+      <c r="D22" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
+        <v>66</v>
+      </c>
+      <c r="C23" s="1" t="s">
         <v>67</v>
       </c>
-      <c r="C23" s="1" t="s">
+      <c r="D23" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
+        <v>69</v>
+      </c>
+      <c r="C24" s="1" t="s">
         <v>70</v>
       </c>
-      <c r="C24" s="1" t="s">
+      <c r="D24" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
+        <v>72</v>
+      </c>
+      <c r="C25" s="1" t="s">
         <v>73</v>
       </c>
-      <c r="C25" s="1" t="s">
+      <c r="D25" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
         <v>75</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>76</v>
       </c>
       <c r="D26" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
         <v>78</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>79</v>
       </c>
       <c r="D27" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
         <v>81</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>82</v>
       </c>
       <c r="D28" t="s">
-        <v>68</v>
+        <v>83</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D29" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D30" t="s">
-        <v>88</v>
+        <v>67</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
         <v>89</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>90</v>
       </c>
       <c r="D31" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
         <v>92</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>93</v>
@@ -1483,66 +1480,64 @@
       <c r="D46" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
         <v>137</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>138</v>
       </c>
       <c r="D47" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
         <v>140</v>
       </c>
-      <c r="C48" s="1" t="s">
+      <c r="C48" s="1"/>
+      <c r="D48" t="s">
         <v>141</v>
-      </c>
-[...1 lines deleted...]
-        <v>142</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="B49" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="C49" s="1"/>
     </row>
     <row r="50" spans="1:4">
       <c r="B50" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="C50" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>