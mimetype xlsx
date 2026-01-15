--- v0 (2025-12-01)
+++ v1 (2026-01-15)
@@ -29,51 +29,51 @@
     <sheet name="skewb" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="171">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Competitor</t>
   </si>
   <si>
     <t>Average</t>
   </si>
   <si>
     <t>Best</t>
   </si>
   <si>
     <t>Ekaterina Kaneva</t>
   </si>
   <si>
-    <t>2.56</t>
+    <t>2.35</t>
   </si>
   <si>
     <t>1.07</t>
   </si>
   <si>
     <t>Dmitry Gundin</t>
   </si>
   <si>
     <t>2.88</t>
   </si>
   <si>
     <t>1.68</t>
   </si>
   <si>
     <t>Nikita Popkov</t>
   </si>
   <si>
     <t>3.55</t>
   </si>
   <si>
     <t>1.98</t>
   </si>
   <si>
     <t>Ilya Epifanov</t>
   </si>