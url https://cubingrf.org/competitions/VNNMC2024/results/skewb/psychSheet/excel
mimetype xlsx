--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -17,558 +17,558 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="skewb" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="171">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Ekaterina Kaneva</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Екатерина Канева</t>
   </si>
   <si>
     <t>2.35</t>
   </si>
   <si>
     <t>1.07</t>
   </si>
   <si>
-    <t>Dmitry Gundin</t>
+    <t>Дмитрий Гундин</t>
   </si>
   <si>
     <t>2.88</t>
   </si>
   <si>
     <t>1.68</t>
   </si>
   <si>
-    <t>Nikita Popkov</t>
+    <t>Никита Попков</t>
   </si>
   <si>
     <t>3.55</t>
   </si>
   <si>
     <t>1.98</t>
   </si>
   <si>
-    <t>Ilya Epifanov</t>
+    <t>Илья Епифанов</t>
   </si>
   <si>
     <t>3.84</t>
   </si>
   <si>
     <t>2.09</t>
   </si>
   <si>
-    <t>Andrey Panov</t>
+    <t>Андрей Панов</t>
   </si>
   <si>
     <t>3.87</t>
   </si>
   <si>
     <t>2.30</t>
   </si>
   <si>
-    <t>Andrey Zhukov</t>
+    <t>Андрей Жуков</t>
   </si>
   <si>
     <t>3.98</t>
   </si>
   <si>
-    <t>2.76</t>
-[...2 lines deleted...]
-    <t>Timofey Tereshchenko</t>
+    <t>2.77</t>
+  </si>
+  <si>
+    <t>Тимофей Терещенко</t>
   </si>
   <si>
     <t>4.15</t>
   </si>
   <si>
     <t>3.17</t>
   </si>
   <si>
-    <t>Anatolii Turenko</t>
-[...8 lines deleted...]
-    <t>Anastasiya Maykova</t>
+    <t>Анастасия Майкова</t>
   </si>
   <si>
     <t>4.38</t>
   </si>
   <si>
     <t>2.60</t>
   </si>
   <si>
-    <t>Platon Kabakov</t>
+    <t>Платон Кабаков</t>
   </si>
   <si>
     <t>4.48</t>
   </si>
   <si>
     <t>3.04</t>
   </si>
   <si>
-    <t>Dmitriy Dunaev</t>
+    <t>Анатолий Туренко</t>
+  </si>
+  <si>
+    <t>4.63</t>
+  </si>
+  <si>
+    <t>2.81</t>
+  </si>
+  <si>
+    <t>Дмитрий Дунаев</t>
   </si>
   <si>
     <t>4.68</t>
   </si>
   <si>
     <t>2.65</t>
   </si>
   <si>
-    <t>Karina Shamova</t>
+    <t>Карина Шамова</t>
   </si>
   <si>
     <t>4.88</t>
   </si>
   <si>
     <t>2.78</t>
   </si>
   <si>
-    <t>Nikolay Vasilyev</t>
+    <t>Николай Васильев</t>
   </si>
   <si>
     <t>5.02</t>
   </si>
   <si>
     <t>4.33</t>
   </si>
   <si>
-    <t>Alexander Katyukov</t>
+    <t>Александр Катюков</t>
   </si>
   <si>
     <t>5.35</t>
   </si>
   <si>
     <t>2.15</t>
   </si>
   <si>
-    <t>Sergey Mironchenkov</t>
+    <t>Сергей Миронченков</t>
   </si>
   <si>
     <t>5.47</t>
   </si>
   <si>
-    <t>3.41</t>
-[...11 lines deleted...]
-    <t>Ilarion Kamardin</t>
+    <t>3.51</t>
+  </si>
+  <si>
+    <t>Иларион Камардин</t>
   </si>
   <si>
     <t>6.01</t>
   </si>
   <si>
     <t>3.21</t>
   </si>
   <si>
-    <t>Nikita Brylin</t>
+    <t>Никита Брылин</t>
   </si>
   <si>
     <t>6.08</t>
   </si>
   <si>
     <t>3.69</t>
   </si>
   <si>
-    <t>Vladislav Shurshilin</t>
-[...8 lines deleted...]
-    <t>Daria Eliseeva</t>
+    <t>Арсений Боровков</t>
+  </si>
+  <si>
+    <t>6.10</t>
+  </si>
+  <si>
+    <t>2.96</t>
+  </si>
+  <si>
+    <t>Дарья Елисеева</t>
   </si>
   <si>
     <t>6.17</t>
   </si>
   <si>
     <t>3.42</t>
   </si>
   <si>
-    <t>Andrey Sinitsyn</t>
+    <t>Андрей Синицын</t>
   </si>
   <si>
     <t>6.29</t>
   </si>
   <si>
     <t>4.19</t>
   </si>
   <si>
-    <t>Nikolai Masson</t>
+    <t>Николай Массон</t>
   </si>
   <si>
     <t>6.35</t>
   </si>
   <si>
     <t>4.67</t>
   </si>
   <si>
-    <t>Daniil Tambovtsev</t>
+    <t>Даниил Тамбовцев</t>
   </si>
   <si>
     <t>6.44</t>
   </si>
   <si>
     <t>3.68</t>
   </si>
   <si>
-    <t>Philipp Radinskiy</t>
+    <t>Филипп Радинский</t>
   </si>
   <si>
     <t>6.46</t>
   </si>
   <si>
     <t>4.11</t>
   </si>
   <si>
-    <t>Ekaterina Soboleva</t>
+    <t>Владислав Шуршилин</t>
+  </si>
+  <si>
+    <t>6.86</t>
+  </si>
+  <si>
+    <t>4.30</t>
+  </si>
+  <si>
+    <t>Дмитрий Тупис</t>
   </si>
   <si>
     <t>7.13</t>
   </si>
   <si>
+    <t>3.73</t>
+  </si>
+  <si>
+    <t>Екатерина Соболева</t>
+  </si>
+  <si>
     <t>4.04</t>
   </si>
   <si>
-    <t>Dmitriy Tupis</t>
-[...5 lines deleted...]
-    <t>Timofey Tyulpakov</t>
+    <t>Тимофей Тюльпаков</t>
   </si>
   <si>
     <t>7.46</t>
   </si>
   <si>
     <t>3.32</t>
   </si>
   <si>
-    <t>Yuri Ryakin</t>
+    <t>Юрий Рякин</t>
   </si>
   <si>
     <t>7.52</t>
   </si>
   <si>
     <t>3.80</t>
   </si>
   <si>
-    <t>Marina Shchukina</t>
+    <t>Марина Щукина</t>
   </si>
   <si>
     <t>7.62</t>
   </si>
   <si>
     <t>4.96</t>
   </si>
   <si>
-    <t>Bogdan Zemlianskii</t>
+    <t>Богдан Землянский</t>
   </si>
   <si>
     <t>7.84</t>
   </si>
   <si>
     <t>4.23</t>
   </si>
   <si>
-    <t>Agata Komekova</t>
+    <t>Агата Комекова</t>
   </si>
   <si>
     <t>7.88</t>
   </si>
   <si>
     <t>5.01</t>
   </si>
   <si>
-    <t>Dmitrii Dusheiko</t>
+    <t>Дмитрий Душейко</t>
   </si>
   <si>
     <t>7.90</t>
   </si>
   <si>
     <t>5.53</t>
   </si>
   <si>
-    <t>Vasilii Nikolashin</t>
+    <t>Василий Николашин</t>
   </si>
   <si>
     <t>8.24</t>
   </si>
   <si>
     <t>4.66</t>
   </si>
   <si>
-    <t>Polina Lapteva</t>
+    <t>Полина Лаптева</t>
   </si>
   <si>
     <t>8.45</t>
   </si>
   <si>
     <t>5.11</t>
   </si>
   <si>
-    <t>Ivan Sidorenko</t>
+    <t>Иван Сидоренко</t>
   </si>
   <si>
     <t>8.67</t>
   </si>
   <si>
-    <t>Alexey Koritskiy</t>
+    <t>Алексей Корицкий</t>
   </si>
   <si>
     <t>8.71</t>
   </si>
   <si>
     <t>5.30</t>
   </si>
   <si>
-    <t>Nikita Platonov</t>
+    <t>Никита Платонов</t>
   </si>
   <si>
     <t>10.49</t>
   </si>
   <si>
     <t>8.42</t>
   </si>
   <si>
-    <t>Alexander Ermakov</t>
-[...2 lines deleted...]
-    <t>10.59</t>
+    <t>Глеб Батенин</t>
+  </si>
+  <si>
+    <t>10.60</t>
+  </si>
+  <si>
+    <t>5.74</t>
+  </si>
+  <si>
+    <t>Владимир Щеглов</t>
+  </si>
+  <si>
+    <t>11.16</t>
+  </si>
+  <si>
+    <t>4.08</t>
+  </si>
+  <si>
+    <t>Александр Ермаков</t>
+  </si>
+  <si>
+    <t>11.26</t>
   </si>
   <si>
     <t>5.83</t>
   </si>
   <si>
-    <t>Gleb Batenin</t>
-[...17 lines deleted...]
-    <t>Anastasia Tikhenko</t>
+    <t>Анастасия Тихенко</t>
   </si>
   <si>
     <t>11.36</t>
   </si>
   <si>
     <t>6.05</t>
   </si>
   <si>
-    <t>Olga Yasakova</t>
-[...2 lines deleted...]
-    <t>11.37</t>
+    <t>Даниил Попов</t>
+  </si>
+  <si>
+    <t>11.89</t>
+  </si>
+  <si>
+    <t>7.58</t>
+  </si>
+  <si>
+    <t>Максим Дейч</t>
+  </si>
+  <si>
+    <t>11.91</t>
+  </si>
+  <si>
+    <t>9.36</t>
+  </si>
+  <si>
+    <t>Артём Сенкевич</t>
+  </si>
+  <si>
+    <t>11.98</t>
+  </si>
+  <si>
+    <t>10.34</t>
+  </si>
+  <si>
+    <t>Илья Зибарев</t>
+  </si>
+  <si>
+    <t>12.71</t>
+  </si>
+  <si>
+    <t>9.84</t>
+  </si>
+  <si>
+    <t>Ольга Ясакова</t>
+  </si>
+  <si>
+    <t>13.16</t>
   </si>
   <si>
     <t>7.12</t>
   </si>
   <si>
-    <t>Daniil Popov</t>
-[...44 lines deleted...]
-    <t>Ivan Oleinikov</t>
+    <t>Иван Олейников</t>
   </si>
   <si>
     <t>13.32</t>
   </si>
   <si>
     <t>11.58</t>
   </si>
   <si>
-    <t>Bogdan Kashin</t>
+    <t>Богдан Кашин</t>
   </si>
   <si>
     <t>14.32</t>
   </si>
   <si>
     <t>10.19</t>
   </si>
   <si>
-    <t>Sergey Kalachev</t>
+    <t>Сергей Калачев</t>
   </si>
   <si>
     <t>15.77</t>
   </si>
   <si>
     <t>11.73</t>
   </si>
   <si>
-    <t>Mikhail Losev</t>
+    <t>Михаил Лосев</t>
   </si>
   <si>
     <t>17.84</t>
   </si>
   <si>
     <t>17.41</t>
   </si>
   <si>
-    <t>Mikhail Anokhin</t>
+    <t>Михаил Анохин</t>
   </si>
   <si>
     <t>19.26</t>
   </si>
   <si>
     <t>14.28</t>
   </si>
   <si>
-    <t>Dina Salikhova</t>
+    <t>Марк Бурлуцкий</t>
+  </si>
+  <si>
+    <t>20.20</t>
+  </si>
+  <si>
+    <t>15.36</t>
+  </si>
+  <si>
+    <t>Дина Салихова</t>
   </si>
   <si>
     <t>20.82</t>
   </si>
   <si>
     <t>16.37</t>
   </si>
   <si>
-    <t>Aleksandr Tushkanov</t>
+    <t>Александр Тушканов</t>
   </si>
   <si>
     <t>26.32</t>
   </si>
   <si>
     <t>21.30</t>
   </si>
   <si>
-    <t>Sergey Sheronov</t>
+    <t>Сергей Шеронов</t>
   </si>
   <si>
     <t>27.65</t>
   </si>
   <si>
     <t>17.52</t>
   </si>
   <si>
-    <t>Kirill Kalachev</t>
+    <t>Кирилл Калачев</t>
   </si>
   <si>
     <t>37.99</t>
   </si>
   <si>
     <t>15.38</t>
   </si>
   <si>
-    <t>Daniil Glagolev</t>
+    <t>Даниил Глаголев</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -891,53 +891,53 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D58"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C58" sqref="C58"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
@@ -1397,51 +1397,51 @@
     <row r="35" spans="1:4">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
         <v>102</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>103</v>
       </c>
       <c r="D35" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
         <v>105</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>106</v>
       </c>
       <c r="D36" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
         <v>107</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>108</v>
       </c>
       <c r="D37" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
         <v>110</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>111</v>