--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="sq1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="79">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="81">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Никита Попков</t>
   </si>
   <si>
     <t>9.82</t>
   </si>
   <si>
     <t>6.16</t>
   </si>
   <si>
     <t>Анастасия Майкова</t>
   </si>
   <si>
@@ -89,95 +89,104 @@
   <si>
     <t>13.79</t>
   </si>
   <si>
     <t>11.46</t>
   </si>
   <si>
     <t>Анатолий Туренко</t>
   </si>
   <si>
     <t>15.18</t>
   </si>
   <si>
     <t>11.68</t>
   </si>
   <si>
     <t>Андрей Синицын</t>
   </si>
   <si>
     <t>17.30</t>
   </si>
   <si>
     <t>12.71</t>
   </si>
   <si>
+    <t>Ольга Ясакова</t>
+  </si>
+  <si>
+    <t>21.97</t>
+  </si>
+  <si>
+    <t>15.81</t>
+  </si>
+  <si>
     <t>Богдан Землянский</t>
   </si>
   <si>
     <t>22.24</t>
   </si>
   <si>
     <t>15.36</t>
   </si>
   <si>
-    <t>Ольга Ясакова</t>
-[...7 lines deleted...]
-  <si>
     <t>Андрей Жуков</t>
   </si>
   <si>
     <t>24.61</t>
   </si>
   <si>
     <t>15.82</t>
   </si>
   <si>
     <t>Полина Лаптева</t>
   </si>
   <si>
     <t>25.81</t>
   </si>
   <si>
     <t>17.60</t>
   </si>
   <si>
     <t>Екатерина Соболева</t>
   </si>
   <si>
     <t>26.26</t>
   </si>
   <si>
     <t>16.81</t>
   </si>
   <si>
+    <t>Иван Олейников</t>
+  </si>
+  <si>
+    <t>26.29</t>
+  </si>
+  <si>
+    <t>19.89</t>
+  </si>
+  <si>
     <t>Николай Васильев</t>
   </si>
   <si>
     <t>27.65</t>
   </si>
   <si>
     <t>14.97</t>
   </si>
   <si>
     <t>Даниил Тамбовцев</t>
   </si>
   <si>
     <t>28.30</t>
   </si>
   <si>
     <t>21.71</t>
   </si>
   <si>
     <t>Илья Епифанов</t>
   </si>
   <si>
     <t>31.80</t>
   </si>
   <si>
     <t>18.83</t>
@@ -243,53 +252,50 @@
     <t>1:04.82</t>
   </si>
   <si>
     <t>47.21</t>
   </si>
   <si>
     <t>Анастасия Тихенко</t>
   </si>
   <si>
     <t>1:05.91</t>
   </si>
   <si>
     <t>55.62</t>
   </si>
   <si>
     <t>Марк Бурлуцкий</t>
   </si>
   <si>
     <t>2:16.76</t>
   </si>
   <si>
     <t>1:12.67</t>
   </si>
   <si>
     <t>Даниил Глаголев</t>
-  </si>
-[...1 lines deleted...]
-    <t>Иван Олейников</t>
   </si>
   <si>
     <t>Юрий Рякин</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -971,64 +977,72 @@
       <c r="B24" t="s">
         <v>70</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>71</v>
       </c>
       <c r="D24" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
         <v>73</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>74</v>
       </c>
       <c r="D25" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="26" spans="1:4">
+      <c r="A26">
+        <v>25</v>
+      </c>
       <c r="B26" t="s">
         <v>76</v>
       </c>
-      <c r="C26" s="1"/>
+      <c r="C26" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="D26" t="s">
+        <v>78</v>
+      </c>
     </row>
     <row r="27" spans="1:4">
       <c r="B27" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="C27" s="1"/>
     </row>
     <row r="28" spans="1:4">
       <c r="B28" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="C28" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>