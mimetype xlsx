--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -12,185 +12,185 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="sq1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="81">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="76">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Никита Попков</t>
   </si>
   <si>
     <t>9.82</t>
   </si>
   <si>
-    <t>6.16</t>
+    <t>6.81</t>
   </si>
   <si>
     <t>Анастасия Майкова</t>
   </si>
   <si>
     <t>10.69</t>
   </si>
   <si>
     <t>7.44</t>
   </si>
   <si>
     <t>Андрей Панов</t>
   </si>
   <si>
     <t>10.78</t>
   </si>
   <si>
     <t>8.31</t>
   </si>
   <si>
     <t>Екатерина Канева</t>
   </si>
   <si>
     <t>12.95</t>
   </si>
   <si>
-    <t>9.21</t>
+    <t>9.65</t>
   </si>
   <si>
     <t>Владислав Шуршилин</t>
   </si>
   <si>
     <t>13.79</t>
   </si>
   <si>
-    <t>11.46</t>
+    <t>11.24</t>
   </si>
   <si>
     <t>Анатолий Туренко</t>
   </si>
   <si>
     <t>15.18</t>
   </si>
   <si>
     <t>11.68</t>
   </si>
   <si>
     <t>Андрей Синицын</t>
   </si>
   <si>
     <t>17.30</t>
   </si>
   <si>
     <t>12.71</t>
   </si>
   <si>
     <t>Ольга Ясакова</t>
   </si>
   <si>
     <t>21.97</t>
   </si>
   <si>
-    <t>15.81</t>
+    <t>14.46</t>
   </si>
   <si>
     <t>Богдан Землянский</t>
   </si>
   <si>
     <t>22.24</t>
   </si>
   <si>
     <t>15.36</t>
   </si>
   <si>
     <t>Андрей Жуков</t>
   </si>
   <si>
     <t>24.61</t>
   </si>
   <si>
     <t>15.82</t>
   </si>
   <si>
     <t>Полина Лаптева</t>
   </si>
   <si>
     <t>25.81</t>
   </si>
   <si>
     <t>17.60</t>
   </si>
   <si>
     <t>Екатерина Соболева</t>
   </si>
   <si>
     <t>26.26</t>
   </si>
   <si>
     <t>16.81</t>
   </si>
   <si>
     <t>Иван Олейников</t>
   </si>
   <si>
     <t>26.29</t>
   </si>
   <si>
     <t>19.89</t>
   </si>
   <si>
     <t>Николай Васильев</t>
   </si>
   <si>
-    <t>27.65</t>
+    <t>27.99</t>
   </si>
   <si>
     <t>14.97</t>
   </si>
   <si>
     <t>Даниил Тамбовцев</t>
   </si>
   <si>
     <t>28.30</t>
   </si>
   <si>
     <t>21.71</t>
   </si>
   <si>
     <t>Илья Епифанов</t>
   </si>
   <si>
     <t>31.80</t>
   </si>
   <si>
     <t>18.83</t>
   </si>
   <si>
     <t>Дмитрий Дунаев</t>
   </si>
@@ -224,78 +224,63 @@
   <si>
     <t>37.82</t>
   </si>
   <si>
     <t>32.80</t>
   </si>
   <si>
     <t>Владимир Щеглов</t>
   </si>
   <si>
     <t>38.29</t>
   </si>
   <si>
     <t>29.51</t>
   </si>
   <si>
     <t>Филипп Радинский</t>
   </si>
   <si>
     <t>42.13</t>
   </si>
   <si>
     <t>36.48</t>
   </si>
   <si>
+    <t>Марк Бурлуцкий</t>
+  </si>
+  <si>
+    <t>1:12.67</t>
+  </si>
+  <si>
+    <t>Анастасия Тихенко</t>
+  </si>
+  <si>
+    <t>Даниил Глаголев</t>
+  </si>
+  <si>
     <t>Максим Чечнев</t>
-  </si>
-[...25 lines deleted...]
-    <t>Даниил Глаголев</t>
   </si>
   <si>
     <t>Юрий Рякин</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -955,94 +940,76 @@
       <c r="D22" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
         <v>67</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>68</v>
       </c>
       <c r="D23" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
         <v>70</v>
       </c>
-      <c r="C24" s="1" t="s">
+      <c r="C24" s="1"/>
+      <c r="D24" t="s">
         <v>71</v>
       </c>
-      <c r="D24" t="s">
+    </row>
+    <row r="25" spans="1:4">
+      <c r="B25" t="s">
         <v>72</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B25" t="s">
+      <c r="C25" s="1"/>
+    </row>
+    <row r="26" spans="1:4">
+      <c r="B26" t="s">
         <v>73</v>
       </c>
-      <c r="C25" s="1" t="s">
-[...18 lines deleted...]
-      </c>
+      <c r="C26" s="1"/>
     </row>
     <row r="27" spans="1:4">
       <c r="B27" t="s">
-        <v>79</v>
+        <v>74</v>
       </c>
       <c r="C27" s="1"/>
     </row>
     <row r="28" spans="1:4">
       <c r="B28" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="C28" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>