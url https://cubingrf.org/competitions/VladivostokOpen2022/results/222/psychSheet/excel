--- v0 (2025-12-01)
+++ v1 (2026-01-15)
@@ -32,51 +32,51 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Дмитрий Якинто</t>
   </si>
   <si>
     <t>2.76</t>
   </si>
   <si>
-    <t>1.13</t>
+    <t>0.89</t>
   </si>
   <si>
     <t>Евгений Моисеев</t>
   </si>
   <si>
     <t>3.58</t>
   </si>
   <si>
     <t>1.76</t>
   </si>
   <si>
     <t>Максим Кучук</t>
   </si>
   <si>
     <t>5.38</t>
   </si>
   <si>
     <t>2.91</t>
   </si>
   <si>
     <t>Кирилл Ослонов</t>
   </si>
   <si>
     <t>5.41</t>
   </si>