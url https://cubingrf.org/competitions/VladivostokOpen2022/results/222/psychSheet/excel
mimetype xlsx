--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -29,126 +29,126 @@
     <sheet name="222" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Дмитрий Якинто</t>
   </si>
   <si>
-    <t>2.76</t>
-[...2 lines deleted...]
-    <t>0.89</t>
+    <t>2.63</t>
+  </si>
+  <si>
+    <t>1.13</t>
   </si>
   <si>
     <t>Евгений Моисеев</t>
   </si>
   <si>
     <t>3.58</t>
   </si>
   <si>
     <t>1.76</t>
   </si>
   <si>
+    <t>Кирилл Ослонов</t>
+  </si>
+  <si>
+    <t>5.41</t>
+  </si>
+  <si>
+    <t>3.19</t>
+  </si>
+  <si>
     <t>Максим Кучук</t>
   </si>
   <si>
-    <t>5.38</t>
+    <t>5.55</t>
   </si>
   <si>
     <t>2.91</t>
   </si>
   <si>
-    <t>Кирилл Ослонов</t>
-[...7 lines deleted...]
-  <si>
     <t>Семён Козин</t>
   </si>
   <si>
     <t>7.01</t>
   </si>
   <si>
     <t>3.46</t>
   </si>
   <si>
     <t>Илья Будко</t>
   </si>
   <si>
     <t>8.04</t>
   </si>
   <si>
     <t>5.24</t>
   </si>
   <si>
     <t>Антон Чернышов</t>
   </si>
   <si>
     <t>10.07</t>
   </si>
   <si>
     <t>6.07</t>
   </si>
   <si>
     <t>Данил Левицкий</t>
   </si>
   <si>
     <t>10.81</t>
   </si>
   <si>
     <t>2.88</t>
   </si>
   <si>
     <t>Ксения Москальцова</t>
   </si>
   <si>
-    <t>11.70</t>
-[...2 lines deleted...]
-    <t>6.88</t>
+    <t>11.75</t>
+  </si>
+  <si>
+    <t>8.46</t>
   </si>
   <si>
     <t>Гордей Малюченко</t>
   </si>
   <si>
     <t>12.20</t>
   </si>
   <si>
     <t>8.05</t>
   </si>
   <si>
     <t>Вячеслав Ищенко</t>
   </si>
   <si>
     <t>13.76</t>
   </si>
   <si>
     <t>11.52</t>
   </si>
   <si>
     <t>Константин Пан</t>
   </si>
   <si>
     <t>14.76</t>
   </si>