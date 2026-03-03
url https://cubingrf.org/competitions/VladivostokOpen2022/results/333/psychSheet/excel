--- v0 (2026-01-15)
+++ v1 (2026-03-03)
@@ -17,249 +17,249 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="333" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="70">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Dmitry Matthew Yaquinto</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Дмитрий Якинто</t>
   </si>
   <si>
     <t>8.90</t>
   </si>
   <si>
     <t>6.59</t>
   </si>
   <si>
-    <t>Eugene Moiseev</t>
+    <t>Евгений Моисеев</t>
   </si>
   <si>
     <t>11.31</t>
   </si>
   <si>
     <t>9.23</t>
   </si>
   <si>
-    <t>Kirill Oslonov</t>
+    <t>Георгий Бутурлин</t>
+  </si>
+  <si>
+    <t>11.47</t>
+  </si>
+  <si>
+    <t>10.30</t>
+  </si>
+  <si>
+    <t>Кирилл Ослонов</t>
   </si>
   <si>
     <t>11.64</t>
   </si>
   <si>
     <t>9.63</t>
   </si>
   <si>
-    <t>Maksim Kuchuk</t>
-[...44 lines deleted...]
-    <t>Gordey Malyuchenko</t>
+    <t>Максим Кучук</t>
+  </si>
+  <si>
+    <t>14.11</t>
+  </si>
+  <si>
+    <t>12.42</t>
+  </si>
+  <si>
+    <t>Денис Цой</t>
+  </si>
+  <si>
+    <t>14.38</t>
+  </si>
+  <si>
+    <t>12.64</t>
+  </si>
+  <si>
+    <t>Карина Ермакова</t>
+  </si>
+  <si>
+    <t>17.78</t>
+  </si>
+  <si>
+    <t>15.68</t>
+  </si>
+  <si>
+    <t>Сергей Чертков</t>
+  </si>
+  <si>
+    <t>17.82</t>
+  </si>
+  <si>
+    <t>16.50</t>
+  </si>
+  <si>
+    <t>Гордей Малюченко</t>
   </si>
   <si>
     <t>22.04</t>
   </si>
   <si>
     <t>19.93</t>
   </si>
   <si>
-    <t>Ilʹya Budko</t>
+    <t>Илья Будко</t>
   </si>
   <si>
     <t>25.42</t>
   </si>
   <si>
     <t>20.53</t>
   </si>
   <si>
-    <t>Semën Kozin</t>
+    <t>Семён Козин</t>
   </si>
   <si>
     <t>26.92</t>
   </si>
   <si>
     <t>22.16</t>
   </si>
   <si>
-    <t>Anton Chernyshov</t>
+    <t>Антон Чернышов</t>
   </si>
   <si>
     <t>28.42</t>
   </si>
   <si>
     <t>26.00</t>
   </si>
   <si>
-    <t>Andrey Toyeskin</t>
+    <t>Андрей Тоескин</t>
   </si>
   <si>
     <t>29.00</t>
   </si>
   <si>
     <t>27.37</t>
   </si>
   <si>
-    <t>Ksenia Moskaltsova</t>
+    <t>Ксения Москальцова</t>
   </si>
   <si>
     <t>34.84</t>
   </si>
   <si>
-    <t>22.49</t>
-[...2 lines deleted...]
-    <t>Vyacheslav Ishchenko</t>
+    <t>25.92</t>
+  </si>
+  <si>
+    <t>Вячеслав Ищенко</t>
   </si>
   <si>
     <t>35.18</t>
   </si>
   <si>
     <t>28.48</t>
   </si>
   <si>
-    <t>Konstantin Pan</t>
+    <t>Константин Пан</t>
   </si>
   <si>
     <t>40.37</t>
   </si>
   <si>
     <t>35.87</t>
   </si>
   <si>
-    <t>Danil Levitskiy</t>
+    <t>Данил Левицкий</t>
   </si>
   <si>
     <t>50.84</t>
   </si>
   <si>
     <t>44.22</t>
   </si>
   <si>
-    <t>Sergey Marchenkov</t>
+    <t>Сергей Марченков</t>
   </si>
   <si>
     <t>1:01.56</t>
   </si>
   <si>
     <t>51.17</t>
   </si>
   <si>
-    <t>Polina Taban</t>
+    <t>Полина Табан</t>
   </si>
   <si>
     <t>1:27.71</t>
   </si>
   <si>
     <t>1:14.34</t>
   </si>
   <si>
-    <t>Zakhar Grigorev</t>
+    <t>Захар Григорьев</t>
   </si>
   <si>
     <t>2:35.89</t>
   </si>
   <si>
     <t>2:18.63</t>
   </si>
   <si>
-    <t>Anastasiya Smernova</t>
+    <t>Анастасия Смернова</t>
   </si>
   <si>
     <t>2:39.43</t>
   </si>
   <si>
     <t>2:18.64</t>
   </si>
   <si>
-    <t>Stella Saboneyeva</t>
+    <t>Стелла Сабонеева</t>
   </si>
   <si>
     <t>3:32.45</t>
   </si>
   <si>
     <t>3:17.84</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>