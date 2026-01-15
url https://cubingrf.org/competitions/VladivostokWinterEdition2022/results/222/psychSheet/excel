--- v0 (2025-12-01)
+++ v1 (2026-01-15)
@@ -17,288 +17,288 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="222" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="83">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Dmitry Matthew Yaquinto</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Дмитрий Якинто</t>
   </si>
   <si>
     <t>2.76</t>
   </si>
   <si>
-    <t>1.13</t>
-[...2 lines deleted...]
-    <t>Ilya Sokolov</t>
+    <t>0.89</t>
+  </si>
+  <si>
+    <t>Илья Соколов</t>
   </si>
   <si>
     <t>2.88</t>
   </si>
   <si>
     <t>2.01</t>
   </si>
   <si>
-    <t>Dmitry Salakhov</t>
+    <t>Дмитрий Салахов</t>
   </si>
   <si>
     <t>3.25</t>
   </si>
   <si>
     <t>2.54</t>
   </si>
   <si>
-    <t>Eugene Moiseev</t>
+    <t>Евгений Моисеев</t>
   </si>
   <si>
     <t>3.58</t>
   </si>
   <si>
     <t>1.76</t>
   </si>
   <si>
-    <t>Nikita Pak</t>
+    <t>Никита Пак</t>
   </si>
   <si>
     <t>3.91</t>
   </si>
   <si>
     <t>2.60</t>
   </si>
   <si>
-    <t>Kirill Oslonov</t>
+    <t>Денис Воробьев</t>
+  </si>
+  <si>
+    <t>4.95</t>
+  </si>
+  <si>
+    <t>2.95</t>
+  </si>
+  <si>
+    <t>Кирилл Ослонов</t>
   </si>
   <si>
     <t>5.41</t>
   </si>
   <si>
     <t>3.19</t>
   </si>
   <si>
-    <t>Timofey  Zakharchenko</t>
+    <t>Тимофей Захарченко</t>
   </si>
   <si>
     <t>5.49</t>
   </si>
   <si>
     <t>4.51</t>
   </si>
   <si>
-    <t>Denis Vorobyev</t>
-[...8 lines deleted...]
-    <t>Igor Kucheryavii</t>
+    <t>Игорь Кучерявый</t>
   </si>
   <si>
     <t>6.14</t>
   </si>
   <si>
     <t>3.09</t>
   </si>
   <si>
-    <t>Mikhail Novoselov</t>
+    <t>Андрей Деревягин</t>
+  </si>
+  <si>
+    <t>6.30</t>
+  </si>
+  <si>
+    <t>3.53</t>
+  </si>
+  <si>
+    <t>Михаил Новоселов</t>
   </si>
   <si>
     <t>6.54</t>
   </si>
   <si>
     <t>4.19</t>
   </si>
   <si>
-    <t>Karina Ermakova</t>
+    <t>Карина Ермакова</t>
   </si>
   <si>
     <t>6.71</t>
   </si>
   <si>
-    <t>Semën Kozin</t>
+    <t>Семён Козин</t>
   </si>
   <si>
     <t>7.01</t>
   </si>
   <si>
     <t>3.46</t>
   </si>
   <si>
-    <t>Roman Antonenko</t>
+    <t>Роман Антоненко</t>
   </si>
   <si>
     <t>7.34</t>
   </si>
   <si>
     <t>5.50</t>
   </si>
   <si>
-    <t>Andrey  Derevyagin</t>
-[...8 lines deleted...]
-    <t>Farrukh Isakov</t>
+    <t>Фаррух Исаков</t>
   </si>
   <si>
     <t>8.50</t>
   </si>
   <si>
     <t>5.08</t>
   </si>
   <si>
-    <t>Vladimir Khisamov</t>
+    <t>Владимир Хисамов</t>
   </si>
   <si>
     <t>8.63</t>
   </si>
   <si>
     <t>5.92</t>
   </si>
   <si>
-    <t>Anton Chernyshov</t>
+    <t>Антон Чернышов</t>
   </si>
   <si>
     <t>10.07</t>
   </si>
   <si>
     <t>6.07</t>
   </si>
   <si>
-    <t>Ksenia Moskaltsova</t>
+    <t>Ксения Москальцова</t>
   </si>
   <si>
     <t>11.70</t>
   </si>
   <si>
     <t>6.88</t>
   </si>
   <si>
-    <t>Mikhail Tselishchev</t>
+    <t>Михаил Целищев</t>
   </si>
   <si>
     <t>12.01</t>
   </si>
   <si>
     <t>10.47</t>
   </si>
   <si>
-    <t>Artëm Arzamazov</t>
+    <t>Артём Арзамазов</t>
   </si>
   <si>
     <t>12.23</t>
   </si>
   <si>
     <t>8.72</t>
   </si>
   <si>
-    <t>Artëm Kronikovskiy</t>
+    <t>Артём Крониковский</t>
   </si>
   <si>
     <t>14.37</t>
   </si>
   <si>
     <t>8.91</t>
   </si>
   <si>
-    <t>Kirill Danyuk</t>
+    <t>Кирилл Данюк</t>
   </si>
   <si>
     <t>13.36</t>
   </si>
   <si>
-    <t>Timofey Pikulev</t>
+    <t>Тимофей Пикулев</t>
   </si>
   <si>
     <t>15.80</t>
   </si>
   <si>
     <t>12.56</t>
   </si>
   <si>
-    <t>Mark Ermakov</t>
+    <t>Марк Ермаков</t>
   </si>
   <si>
     <t>18.76</t>
   </si>
   <si>
     <t>16.76</t>
   </si>
   <si>
-    <t>Vyacheslav Chernenko</t>
+    <t>Вячеслав Черненко</t>
   </si>
   <si>
     <t>20.07</t>
   </si>
   <si>
     <t>10.72</t>
   </si>
   <si>
-    <t>Ruslan Mamadiyarov</t>
+    <t>Руслан Мамадияров</t>
   </si>
   <si>
     <t>20.49</t>
   </si>
   <si>
     <t>18.18</t>
   </si>
   <si>
-    <t>Roman Zaritskiy</t>
+    <t>Роман Зарицкий</t>
   </si>
   <si>
     <t>35.69</t>
   </si>
   <si>
     <t>18.81</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
@@ -629,51 +629,51 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D28"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C28" sqref="C28"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
@@ -797,65 +797,65 @@
     <row r="11" spans="1:4">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
         <v>31</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>32</v>
       </c>
       <c r="D11" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>34</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>35</v>
       </c>
       <c r="D12" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
+        <v>37</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="D13" t="s">
         <v>36</v>
-      </c>
-[...4 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
         <v>39</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>40</v>
       </c>
       <c r="D14" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
         <v>42</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>43</v>