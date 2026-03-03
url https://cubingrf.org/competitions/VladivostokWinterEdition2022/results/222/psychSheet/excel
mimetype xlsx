--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -12,293 +12,296 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="222" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="83">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="84">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Имя и фамилия участника</t>
-[...20 lines deleted...]
-    <t>2.88</t>
+    <t>Competitor</t>
+  </si>
+  <si>
+    <t>Average</t>
+  </si>
+  <si>
+    <t>Best</t>
+  </si>
+  <si>
+    <t>Dmitry Matthew Yaquinto</t>
+  </si>
+  <si>
+    <t>2.63</t>
+  </si>
+  <si>
+    <t>1.13</t>
+  </si>
+  <si>
+    <t>Ilya Sokolov</t>
+  </si>
+  <si>
+    <t>3.13</t>
   </si>
   <si>
     <t>2.01</t>
   </si>
   <si>
-    <t>Дмитрий Салахов</t>
+    <t>Dmitry Salakhov</t>
   </si>
   <si>
     <t>3.25</t>
   </si>
   <si>
     <t>2.54</t>
   </si>
   <si>
-    <t>Евгений Моисеев</t>
+    <t>Eugene Moiseev</t>
   </si>
   <si>
     <t>3.58</t>
   </si>
   <si>
     <t>1.76</t>
   </si>
   <si>
-    <t>Никита Пак</t>
+    <t>Nikita Pak</t>
   </si>
   <si>
     <t>3.91</t>
   </si>
   <si>
     <t>2.60</t>
   </si>
   <si>
-    <t>Денис Воробьев</t>
+    <t>Denis Vorobyev</t>
   </si>
   <si>
     <t>4.95</t>
   </si>
   <si>
     <t>2.95</t>
   </si>
   <si>
-    <t>Кирилл Ослонов</t>
+    <t>Kirill Oslonov</t>
   </si>
   <si>
     <t>5.41</t>
   </si>
   <si>
     <t>3.19</t>
   </si>
   <si>
-    <t>Тимофей Захарченко</t>
+    <t>Timofey Zakharchenko</t>
   </si>
   <si>
     <t>5.49</t>
   </si>
   <si>
     <t>4.51</t>
   </si>
   <si>
-    <t>Игорь Кучерявый</t>
-[...8 lines deleted...]
-    <t>Андрей Деревягин</t>
+    <t>Andrey Derevyagin</t>
   </si>
   <si>
     <t>6.30</t>
   </si>
   <si>
     <t>3.53</t>
   </si>
   <si>
-    <t>Михаил Новоселов</t>
-[...2 lines deleted...]
-    <t>6.54</t>
+    <t>Igor Kucheryavii</t>
+  </si>
+  <si>
+    <t>6.46</t>
+  </si>
+  <si>
+    <t>4.07</t>
+  </si>
+  <si>
+    <t>Mikhail Novoselov</t>
+  </si>
+  <si>
+    <t>6.57</t>
   </si>
   <si>
     <t>4.19</t>
   </si>
   <si>
-    <t>Карина Ермакова</t>
+    <t>Karina Ermakova</t>
   </si>
   <si>
     <t>6.71</t>
   </si>
   <si>
-    <t>Семён Козин</t>
+    <t>5.27</t>
+  </si>
+  <si>
+    <t>Semën Kozin</t>
   </si>
   <si>
     <t>7.01</t>
   </si>
   <si>
     <t>3.46</t>
   </si>
   <si>
-    <t>Роман Антоненко</t>
+    <t>Roman Antonenko</t>
   </si>
   <si>
     <t>7.34</t>
   </si>
   <si>
-    <t>5.50</t>
-[...20 lines deleted...]
-    <t>Антон Чернышов</t>
+    <t>6.35</t>
+  </si>
+  <si>
+    <t>Farrukh Isakov</t>
+  </si>
+  <si>
+    <t>9.01</t>
+  </si>
+  <si>
+    <t>5.58</t>
+  </si>
+  <si>
+    <t>Vladimir Khisamov</t>
+  </si>
+  <si>
+    <t>9.28</t>
+  </si>
+  <si>
+    <t>7.61</t>
+  </si>
+  <si>
+    <t>Anton Chernyshov</t>
   </si>
   <si>
     <t>10.07</t>
   </si>
   <si>
     <t>6.07</t>
   </si>
   <si>
-    <t>Ксения Москальцова</t>
-[...8 lines deleted...]
-    <t>Михаил Целищев</t>
+    <t>Ksenia Moskaltsova</t>
+  </si>
+  <si>
+    <t>11.75</t>
+  </si>
+  <si>
+    <t>8.46</t>
+  </si>
+  <si>
+    <t>Mikhail Tselishchev</t>
   </si>
   <si>
     <t>12.01</t>
   </si>
   <si>
     <t>10.47</t>
   </si>
   <si>
-    <t>Артём Арзамазов</t>
+    <t>Artëm Arzamazov</t>
   </si>
   <si>
     <t>12.23</t>
   </si>
   <si>
     <t>8.72</t>
   </si>
   <si>
-    <t>Артём Крониковский</t>
+    <t>Artëm Kronikovskiy</t>
   </si>
   <si>
     <t>14.37</t>
   </si>
   <si>
     <t>8.91</t>
   </si>
   <si>
-    <t>Кирилл Данюк</t>
+    <t>Kirill Danyuk</t>
   </si>
   <si>
     <t>13.36</t>
   </si>
   <si>
-    <t>Тимофей Пикулев</t>
+    <t>Timofey Pikulev</t>
   </si>
   <si>
     <t>15.80</t>
   </si>
   <si>
     <t>12.56</t>
   </si>
   <si>
-    <t>Марк Ермаков</t>
+    <t>Mark Ermakov</t>
   </si>
   <si>
     <t>18.76</t>
   </si>
   <si>
     <t>16.76</t>
   </si>
   <si>
-    <t>Вячеслав Черненко</t>
+    <t>Vyacheslav Chernenko</t>
   </si>
   <si>
     <t>20.07</t>
   </si>
   <si>
     <t>10.72</t>
   </si>
   <si>
-    <t>Руслан Мамадияров</t>
+    <t>Ruslan Mamadiyarov</t>
   </si>
   <si>
     <t>20.49</t>
   </si>
   <si>
     <t>18.18</t>
   </si>
   <si>
-    <t>Роман Зарицкий</t>
+    <t>Roman Zaritskiy</t>
   </si>
   <si>
     <t>35.69</t>
   </si>
   <si>
     <t>18.81</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
@@ -629,51 +632,51 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D28"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C28" sqref="C28"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
@@ -811,261 +814,261 @@
     <row r="12" spans="1:4">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>34</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>35</v>
       </c>
       <c r="D12" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
         <v>37</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>38</v>
       </c>
       <c r="D13" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D14" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D15" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D16" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D17" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D18" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D19" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D20" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D21" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D22" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D23" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D24" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D25" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D26" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D27" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="D28" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>