--- v0 (2026-01-15)
+++ v1 (2026-03-03)
@@ -17,462 +17,462 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="333" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="140">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Имя и фамилия участника</t>
-[...8 lines deleted...]
-    <t>Дмитрий Якинто</t>
+    <t>Competitor</t>
+  </si>
+  <si>
+    <t>Average</t>
+  </si>
+  <si>
+    <t>Best</t>
+  </si>
+  <si>
+    <t>Dmitry Matthew Yaquinto</t>
   </si>
   <si>
     <t>8.90</t>
   </si>
   <si>
     <t>6.59</t>
   </si>
   <si>
-    <t>Илья Соколов</t>
+    <t>Ilya Sokolov</t>
   </si>
   <si>
     <t>9.66</t>
   </si>
   <si>
-    <t>8.52</t>
-[...2 lines deleted...]
-    <t>Никита Пак</t>
+    <t>8.40</t>
+  </si>
+  <si>
+    <t>Nikita Pak</t>
   </si>
   <si>
     <t>9.94</t>
   </si>
   <si>
     <t>8.25</t>
   </si>
   <si>
-    <t>Игорь Селиванов</t>
+    <t>Igor Selivanov</t>
   </si>
   <si>
     <t>11.18</t>
   </si>
   <si>
     <t>10.06</t>
   </si>
   <si>
-    <t>Евгений Моисеев</t>
+    <t>Eugene Moiseev</t>
   </si>
   <si>
     <t>11.31</t>
   </si>
   <si>
     <t>9.23</t>
   </si>
   <si>
-    <t>Кирилл Ослонов</t>
+    <t>Georgiy Buturlin</t>
+  </si>
+  <si>
+    <t>11.47</t>
+  </si>
+  <si>
+    <t>10.30</t>
+  </si>
+  <si>
+    <t>Kirill Oslonov</t>
   </si>
   <si>
     <t>11.64</t>
   </si>
   <si>
     <t>9.63</t>
   </si>
   <si>
-    <t>Андрей Деревягин</t>
+    <t>Andrey Derevyagin</t>
   </si>
   <si>
     <t>11.98</t>
   </si>
   <si>
     <t>10.08</t>
   </si>
   <si>
-    <t>Тимофей Захарченко</t>
+    <t>Timofey Zakharchenko</t>
   </si>
   <si>
     <t>12.18</t>
   </si>
   <si>
     <t>9.99</t>
   </si>
   <si>
-    <t>Дмитрий Салахов</t>
+    <t>Dmitry Salakhov</t>
   </si>
   <si>
     <t>12.54</t>
   </si>
   <si>
     <t>11.17</t>
   </si>
   <si>
-    <t>Георгий Бутурлин</t>
-[...8 lines deleted...]
-    <t>Роман Антоненко</t>
+    <t>Farrukh Isakov</t>
+  </si>
+  <si>
+    <t>13.33</t>
+  </si>
+  <si>
+    <t>12.16</t>
+  </si>
+  <si>
+    <t>Roman Antonenko</t>
   </si>
   <si>
     <t>14.66</t>
   </si>
   <si>
     <t>13.35</t>
   </si>
   <si>
-    <t>Фаррух Исаков</t>
-[...8 lines deleted...]
-    <t>Михаил Новоселов</t>
+    <t>Mikhail Novoselov</t>
   </si>
   <si>
     <t>17.12</t>
   </si>
   <si>
     <t>14.75</t>
   </si>
   <si>
-    <t>Карина Ермакова</t>
-[...17 lines deleted...]
-    <t>Олег Селиванов</t>
+    <t>Denis Vorobyev</t>
+  </si>
+  <si>
+    <t>17.70</t>
+  </si>
+  <si>
+    <t>14.79</t>
+  </si>
+  <si>
+    <t>Karina Ermakova</t>
+  </si>
+  <si>
+    <t>17.78</t>
+  </si>
+  <si>
+    <t>15.68</t>
+  </si>
+  <si>
+    <t>Oleg Selivanov</t>
   </si>
   <si>
     <t>24.10</t>
   </si>
   <si>
     <t>21.03</t>
   </si>
   <si>
-    <t>Владимир Хисамов</t>
-[...8 lines deleted...]
-    <t>Вячеслав Черненко</t>
+    <t>Vyacheslav Chernenko</t>
   </si>
   <si>
     <t>25.42</t>
   </si>
   <si>
     <t>22.44</t>
   </si>
   <si>
-    <t>Семён Козин</t>
+    <t>Semën Kozin</t>
   </si>
   <si>
     <t>26.92</t>
   </si>
   <si>
     <t>22.16</t>
   </si>
   <si>
-    <t>Антон Чернышов</t>
+    <t>Vladimir Khisamov</t>
+  </si>
+  <si>
+    <t>27.90</t>
+  </si>
+  <si>
+    <t>24.07</t>
+  </si>
+  <si>
+    <t>Anton Chernyshov</t>
   </si>
   <si>
     <t>28.42</t>
   </si>
   <si>
     <t>26.00</t>
   </si>
   <si>
-    <t>Игорь Кучерявый</t>
-[...2 lines deleted...]
-    <t>31.11</t>
+    <t>Rustam Madumarov</t>
+  </si>
+  <si>
+    <t>34.51</t>
+  </si>
+  <si>
+    <t>24.03</t>
+  </si>
+  <si>
+    <t>Aleksandr Kulazhkin</t>
+  </si>
+  <si>
+    <t>34.78</t>
+  </si>
+  <si>
+    <t>26.91</t>
+  </si>
+  <si>
+    <t>Mikhail Tselishchev</t>
+  </si>
+  <si>
+    <t>34.82</t>
+  </si>
+  <si>
+    <t>32.42</t>
+  </si>
+  <si>
+    <t>Ksenia Moskaltsova</t>
+  </si>
+  <si>
+    <t>34.84</t>
+  </si>
+  <si>
+    <t>25.92</t>
+  </si>
+  <si>
+    <t>Ruslan Mamadiyarov</t>
+  </si>
+  <si>
+    <t>36.60</t>
+  </si>
+  <si>
+    <t>27.71</t>
+  </si>
+  <si>
+    <t>Artëm Arzamazov</t>
+  </si>
+  <si>
+    <t>37.41</t>
+  </si>
+  <si>
+    <t>30.81</t>
+  </si>
+  <si>
+    <t>Igor Kucheryavii</t>
+  </si>
+  <si>
+    <t>38.10</t>
   </si>
   <si>
     <t>27.24</t>
   </si>
   <si>
-    <t>Рустам Мадумаров</t>
-[...56 lines deleted...]
-    <t>37.23</t>
+    <t>Artëm Kronikovskiy</t>
+  </si>
+  <si>
+    <t>38.17</t>
+  </si>
+  <si>
+    <t>35.57</t>
+  </si>
+  <si>
+    <t>Elisei Yaquinto</t>
+  </si>
+  <si>
+    <t>38.52</t>
   </si>
   <si>
     <t>29.46</t>
   </si>
   <si>
-    <t>Артём Арзамазов</t>
-[...17 lines deleted...]
-    <t>Кирилл Данюк</t>
+    <t>Roman Popov</t>
+  </si>
+  <si>
+    <t>40.17</t>
+  </si>
+  <si>
+    <t>34.47</t>
+  </si>
+  <si>
+    <t>Kirill Danyuk</t>
   </si>
   <si>
     <t>41.42</t>
   </si>
   <si>
     <t>28.96</t>
   </si>
   <si>
-    <t>Илья Кубик</t>
+    <t>Ilʹya Kubik</t>
   </si>
   <si>
     <t>46.28</t>
   </si>
   <si>
     <t>42.36</t>
   </si>
   <si>
-    <t>Тимофей Пикулев</t>
+    <t>Timofey Pikulev</t>
   </si>
   <si>
     <t>51.71</t>
   </si>
   <si>
     <t>39.19</t>
   </si>
   <si>
-    <t>Елизавета Колтыга</t>
+    <t>Yelizaveta Koltyga</t>
   </si>
   <si>
     <t>54.34</t>
   </si>
   <si>
     <t>37.97</t>
   </si>
   <si>
-    <t>Марк Ермаков</t>
+    <t>Mark Ermakov</t>
   </si>
   <si>
     <t>1:01.09</t>
   </si>
   <si>
     <t>42.78</t>
   </si>
   <si>
-    <t>Сергей Марченков</t>
+    <t>Sergey Marchenkov</t>
   </si>
   <si>
     <t>1:01.56</t>
   </si>
   <si>
     <t>51.17</t>
   </si>
   <si>
-    <t>Марина Зарицкая</t>
-[...8 lines deleted...]
-    <t>Игорь Татаринов</t>
+    <t>Igorʹ Tatarinov</t>
   </si>
   <si>
     <t>1:03.85</t>
   </si>
   <si>
     <t>1:00.08</t>
   </si>
   <si>
-    <t>Любовь Титова</t>
+    <t>Marina Zaritskaya</t>
+  </si>
+  <si>
+    <t>1:05.01</t>
+  </si>
+  <si>
+    <t>59.45</t>
+  </si>
+  <si>
+    <t>Lyubovʹ Titova</t>
   </si>
   <si>
     <t>1:05.33</t>
   </si>
   <si>
     <t>57.80</t>
   </si>
   <si>
-    <t>Никита Костыркин</t>
+    <t>Nikita Kostyrkin</t>
   </si>
   <si>
     <t>1:16.84</t>
   </si>
   <si>
     <t>1:10.28</t>
   </si>
   <si>
-    <t>Роман Зарицкий</t>
-[...8 lines deleted...]
-    <t>Полина Табан</t>
+    <t>Polina Taban</t>
   </si>
   <si>
     <t>1:27.71</t>
   </si>
   <si>
     <t>1:14.34</t>
   </si>
   <si>
-    <t>Дмитрий Москальцов</t>
+    <t>Dmitriy Moskalʹtsov</t>
   </si>
   <si>
     <t>1:28.28</t>
   </si>
   <si>
     <t>1:24.82</t>
   </si>
   <si>
-    <t>София Мамадиярова</t>
+    <t>Roman Zaritskiy</t>
+  </si>
+  <si>
+    <t>1:28.51</t>
+  </si>
+  <si>
+    <t>1:20.04</t>
+  </si>
+  <si>
+    <t>Sofiya Mamadiyarova</t>
   </si>
   <si>
     <t>1:42.53</t>
   </si>
   <si>
-    <t>Евгений Пьянников</t>
+    <t>Yevgeniy Pʹyannikov</t>
   </si>
   <si>
     <t>1:49.99</t>
   </si>
   <si>
     <t>1:11.15</t>
   </si>
   <si>
-    <t>Никита Бессонов</t>
+    <t>Nikita Bessonov</t>
   </si>
   <si>
     <t>1:26.35</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1430,51 +1430,51 @@
     <row r="44" spans="1:4">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
         <v>130</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>131</v>
       </c>
       <c r="D44" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
         <v>133</v>
       </c>
       <c r="C45" s="1" t="s">
         <v>134</v>
       </c>
       <c r="D45" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
         <v>135</v>
       </c>
       <c r="C46" s="1" t="s">
         <v>136</v>
       </c>
       <c r="D46" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
         <v>138</v>
       </c>
       <c r="C47" s="1"/>
       <c r="D47" t="s">