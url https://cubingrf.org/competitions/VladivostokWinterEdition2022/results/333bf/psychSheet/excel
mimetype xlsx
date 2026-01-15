--- v0 (2025-12-01)
+++ v1 (2026-01-15)
@@ -26,78 +26,78 @@
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="333bf" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="14">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
-    <t>Андрей  Деревягин</t>
-[...5 lines deleted...]
-    <t>1:21.44</t>
+    <t>Андрей Деревягин</t>
+  </si>
+  <si>
+    <t>42.04</t>
+  </si>
+  <si>
+    <t>38.43</t>
   </si>
   <si>
     <t>Илья Соколов</t>
   </si>
   <si>
-    <t>2:48.61</t>
+    <t>2:39.37</t>
   </si>
   <si>
     <t>2:05.30</t>
   </si>
   <si>
+    <t>Дмитрий Якинто</t>
+  </si>
+  <si>
+    <t>4:04.80</t>
+  </si>
+  <si>
     <t>Карина Ермакова</t>
   </si>
   <si>
     <t>5:28.98</t>
-  </si>
-[...4 lines deleted...]
-    <t>6:26.69</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>