--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -47,51 +47,51 @@
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Андрей Деревягин</t>
   </si>
   <si>
     <t>42.04</t>
   </si>
   <si>
     <t>38.43</t>
   </si>
   <si>
     <t>Илья Соколов</t>
   </si>
   <si>
     <t>2:39.37</t>
   </si>
   <si>
     <t>2:05.30</t>
   </si>
   <si>
     <t>Дмитрий Якинто</t>
   </si>
   <si>
-    <t>4:04.80</t>
+    <t>4:01.02</t>
   </si>
   <si>
     <t>Карина Ермакова</t>
   </si>
   <si>
     <t>5:28.98</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>