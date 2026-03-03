--- v0 (2026-01-15)
+++ v1 (2026-03-03)
@@ -38,126 +38,126 @@
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Дмитрий Якинто</t>
   </si>
   <si>
     <t>35.56</t>
   </si>
   <si>
     <t>30.41</t>
   </si>
   <si>
     <t>Никита Пак</t>
   </si>
   <si>
-    <t>39.47</t>
-[...2 lines deleted...]
-    <t>37.65</t>
+    <t>36.57</t>
+  </si>
+  <si>
+    <t>32.98</t>
   </si>
   <si>
     <t>Илья Соколов</t>
   </si>
   <si>
     <t>42.04</t>
   </si>
   <si>
     <t>35.72</t>
   </si>
   <si>
     <t>Кирилл Ослонов</t>
   </si>
   <si>
-    <t>45.99</t>
+    <t>42.44</t>
   </si>
   <si>
     <t>38.18</t>
   </si>
   <si>
     <t>Андрей Деревягин</t>
   </si>
   <si>
     <t>47.58</t>
   </si>
   <si>
     <t>43.29</t>
   </si>
   <si>
     <t>Евгений Моисеев</t>
   </si>
   <si>
     <t>48.28</t>
   </si>
   <si>
     <t>42.26</t>
   </si>
   <si>
     <t>Георгий Бутурлин</t>
   </si>
   <si>
     <t>52.38</t>
   </si>
   <si>
     <t>47.34</t>
   </si>
   <si>
     <t>Игорь Селиванов</t>
   </si>
   <si>
     <t>53.18</t>
   </si>
   <si>
-    <t>47.52</t>
+    <t>48.46</t>
+  </si>
+  <si>
+    <t>Денис Воробьев</t>
+  </si>
+  <si>
+    <t>1:00.86</t>
+  </si>
+  <si>
+    <t>55.40</t>
   </si>
   <si>
     <t>Карина Ермакова</t>
   </si>
   <si>
     <t>1:16.34</t>
   </si>
   <si>
     <t>1:10.41</t>
-  </si>
-[...7 lines deleted...]
-    <t>1:11.93</t>
   </si>
   <si>
     <t>Фаррух Исаков</t>
   </si>
   <si>
     <t>1:23.34</t>
   </si>
   <si>
     <t>1:14.19</t>
   </si>
   <si>
     <t>Семён Козин</t>
   </si>
   <si>
     <t>2:38.87</t>
   </si>
   <si>
     <t>2:08.28</t>
   </si>
   <si>
     <t>Алдар Дабаев</t>
   </si>
   <si>
     <t>3:10.89</t>
   </si>