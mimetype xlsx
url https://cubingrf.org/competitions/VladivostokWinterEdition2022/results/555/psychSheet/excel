--- v0 (2025-12-01)
+++ v1 (2026-03-03)
@@ -38,90 +38,90 @@
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Дмитрий Якинто</t>
   </si>
   <si>
     <t>1:14.45</t>
   </si>
   <si>
     <t>1:08.27</t>
   </si>
   <si>
     <t>Никита Пак</t>
   </si>
   <si>
-    <t>1:22.04</t>
-[...2 lines deleted...]
-    <t>1:14.55</t>
+    <t>1:20.57</t>
+  </si>
+  <si>
+    <t>1:11.94</t>
+  </si>
+  <si>
+    <t>Кирилл Ослонов</t>
+  </si>
+  <si>
+    <t>1:35.30</t>
+  </si>
+  <si>
+    <t>1:28.69</t>
+  </si>
+  <si>
+    <t>Игорь Селиванов</t>
+  </si>
+  <si>
+    <t>1:35.85</t>
+  </si>
+  <si>
+    <t>1:30.75</t>
   </si>
   <si>
     <t>Илья Соколов</t>
   </si>
   <si>
-    <t>1:31.26</t>
+    <t>1:39.69</t>
   </si>
   <si>
     <t>1:25.40</t>
   </si>
   <si>
-    <t>Игорь Селиванов</t>
-[...7 lines deleted...]
-  <si>
     <t>Евгений Моисеев</t>
   </si>
   <si>
     <t>1:45.69</t>
   </si>
   <si>
     <t>1:38.02</t>
-  </si>
-[...7 lines deleted...]
-    <t>1:44.88</t>
   </si>
   <si>
     <t>Еркен Федоров</t>
   </si>
   <si>
     <t>2:05.68</t>
   </si>
   <si>
     <t>1:52.65</t>
   </si>
   <si>
     <t>Семён Козин</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>