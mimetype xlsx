--- v0 (2025-12-01)
+++ v1 (2026-01-15)
@@ -29,54 +29,54 @@
     <sheet name="666" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="13">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Дмитрий Якинто</t>
   </si>
   <si>
-    <t>2:43.87</t>
-[...2 lines deleted...]
-    <t>2:30.46</t>
+    <t>2:24.29</t>
+  </si>
+  <si>
+    <t>2:10.59</t>
   </si>
   <si>
     <t>Никита Пак</t>
   </si>
   <si>
     <t>2:52.90</t>
   </si>
   <si>
     <t>2:46.95</t>
   </si>
   <si>
     <t>Евгений Моисеев</t>
   </si>
   <si>
     <t>4:08.55</t>
   </si>
   <si>
     <t>4:03.75</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>