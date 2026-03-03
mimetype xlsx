--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -29,54 +29,54 @@
     <sheet name="666" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="13">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Дмитрий Якинто</t>
   </si>
   <si>
-    <t>2:24.29</t>
-[...2 lines deleted...]
-    <t>2:10.59</t>
+    <t>2:29.99</t>
+  </si>
+  <si>
+    <t>2:10.52</t>
   </si>
   <si>
     <t>Никита Пак</t>
   </si>
   <si>
     <t>2:52.90</t>
   </si>
   <si>
     <t>2:46.95</t>
   </si>
   <si>
     <t>Евгений Моисеев</t>
   </si>
   <si>
     <t>4:08.55</t>
   </si>
   <si>
     <t>4:03.75</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>