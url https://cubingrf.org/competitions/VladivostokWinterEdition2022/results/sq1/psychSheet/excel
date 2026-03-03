--- v0 (2025-11-30)
+++ v1 (2026-03-03)
@@ -41,78 +41,78 @@
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Никита Пак</t>
   </si>
   <si>
     <t>17.37</t>
   </si>
   <si>
     <t>12.25</t>
   </si>
   <si>
     <t>Илья Соколов</t>
   </si>
   <si>
     <t>18.82</t>
   </si>
   <si>
-    <t>13.95</t>
+    <t>15.23</t>
   </si>
   <si>
     <t>Владимир Хисамов</t>
   </si>
   <si>
-    <t>31.01</t>
-[...2 lines deleted...]
-    <t>24.39</t>
+    <t>33.52</t>
+  </si>
+  <si>
+    <t>25.91</t>
   </si>
   <si>
     <t>Евгений Моисеев</t>
   </si>
   <si>
     <t>39.92</t>
   </si>
   <si>
     <t>29.62</t>
   </si>
   <si>
     <t>Карина Ермакова</t>
   </si>
   <si>
-    <t>39.98</t>
-[...2 lines deleted...]
-    <t>32.50</t>
+    <t>50.12</t>
+  </si>
+  <si>
+    <t>37.79</t>
   </si>
   <si>
     <t>Антон Чернышов</t>
   </si>
   <si>
     <t>56.86</t>
   </si>
   <si>
     <t>42.91</t>
   </si>
   <si>
     <t>Фаррух Исаков</t>
   </si>
   <si>
     <t>59.52</t>
   </si>
   <si>
     <t>48.43</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>