--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -17,366 +17,366 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="222" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="109">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Timofei Tarasenko</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Тимофей Тарасенко</t>
   </si>
   <si>
     <t>1.22</t>
   </si>
   <si>
     <t>0.61</t>
   </si>
   <si>
-    <t>Ekaterina Kaneva</t>
+    <t>Екатерина Канева</t>
   </si>
   <si>
     <t>1.94</t>
   </si>
   <si>
     <t>0.60</t>
   </si>
   <si>
-    <t>Vyacheslav Kochergin</t>
+    <t>Вячеслав Кочергин</t>
   </si>
   <si>
     <t>2.25</t>
   </si>
   <si>
     <t>1.09</t>
   </si>
   <si>
-    <t>Gleb Pyasetskiy</t>
+    <t>Глеб Пясецкий</t>
   </si>
   <si>
     <t>2.47</t>
   </si>
   <si>
     <t>1.57</t>
   </si>
   <si>
-    <t>Daniil Tambovtsev</t>
+    <t>Даниил Тамбовцев</t>
   </si>
   <si>
     <t>2.49</t>
   </si>
   <si>
     <t>1.23</t>
   </si>
   <si>
-    <t>Anatolii Turenko</t>
+    <t>Анатолий Туренко</t>
   </si>
   <si>
     <t>2.52</t>
   </si>
   <si>
     <t>1.07</t>
   </si>
   <si>
-    <t>Mikhail Kharitonov</t>
+    <t>Михаил Харитонов</t>
   </si>
   <si>
     <t>2.80</t>
   </si>
   <si>
     <t>0.75</t>
   </si>
   <si>
-    <t>Dmitrii Dusheiko</t>
+    <t>Дмитрий Душейко</t>
   </si>
   <si>
     <t>2.95</t>
   </si>
   <si>
     <t>1.56</t>
   </si>
   <si>
-    <t>Andrey Koposov</t>
+    <t>Андрей Копосов</t>
   </si>
   <si>
     <t>3.04</t>
   </si>
   <si>
     <t>1.64</t>
   </si>
   <si>
-    <t>Aleksandr Dokin</t>
+    <t>Александр Докин</t>
   </si>
   <si>
     <t>3.19</t>
   </si>
   <si>
     <t>1.54</t>
   </si>
   <si>
-    <t>Sergey Mironchenkov</t>
+    <t>Сергей Миронченков</t>
   </si>
   <si>
     <t>3.67</t>
   </si>
   <si>
     <t>2.78</t>
   </si>
   <si>
-    <t>Artem Popov</t>
+    <t>Артём Попов</t>
   </si>
   <si>
     <t>3.86</t>
   </si>
   <si>
     <t>2.16</t>
   </si>
   <si>
-    <t>Nikolay Kurbatov</t>
+    <t>Николай Курбатов</t>
   </si>
   <si>
     <t>4.04</t>
   </si>
   <si>
     <t>2.23</t>
   </si>
   <si>
-    <t>Nikolai Gomelchuk</t>
+    <t>Николай Гомельчук</t>
   </si>
   <si>
     <t>4.05</t>
   </si>
   <si>
     <t>3.31</t>
   </si>
   <si>
-    <t>Danila Shuvaev</t>
+    <t>Данила Шуваев</t>
   </si>
   <si>
     <t>4.07</t>
   </si>
   <si>
     <t>1.85</t>
   </si>
   <si>
-    <t>Daniil Romashkov</t>
+    <t>Даниил Ромашков</t>
   </si>
   <si>
     <t>4.10</t>
   </si>
   <si>
     <t>1.70</t>
   </si>
   <si>
-    <t>Mikhail Kudryashov</t>
+    <t>Михаил Кудряшов</t>
   </si>
   <si>
     <t>4.11</t>
   </si>
   <si>
     <t>2.64</t>
   </si>
   <si>
-    <t>Ilarion Kamardin</t>
+    <t>Иларион Камардин</t>
   </si>
   <si>
     <t>4.12</t>
   </si>
   <si>
     <t>1.89</t>
   </si>
   <si>
-    <t>Mikhail Goncharenko</t>
+    <t>Михаил Гончаренко</t>
   </si>
   <si>
     <t>4.23</t>
   </si>
   <si>
     <t>1.88</t>
   </si>
   <si>
-    <t>Leonid Tarasenko</t>
+    <t>Леонид Тарасенко</t>
   </si>
   <si>
     <t>4.35</t>
   </si>
   <si>
     <t>2.37</t>
   </si>
   <si>
-    <t>Denis Kim</t>
+    <t>Денис Ким</t>
   </si>
   <si>
     <t>4.36</t>
   </si>
   <si>
     <t>2.54</t>
   </si>
   <si>
-    <t>Agata Komekova</t>
+    <t>Агата Комекова</t>
   </si>
   <si>
     <t>4.84</t>
   </si>
   <si>
     <t>3.29</t>
   </si>
   <si>
-    <t>Dmitriy Parfënov</t>
+    <t>Дмитрий Парфёнов</t>
   </si>
   <si>
     <t>5.11</t>
   </si>
   <si>
     <t>3.05</t>
   </si>
   <si>
-    <t>Vera Gorina</t>
+    <t>Вера Горина</t>
   </si>
   <si>
     <t>5.30</t>
   </si>
   <si>
     <t>2.28</t>
   </si>
   <si>
-    <t>Pavel Lebedev</t>
+    <t>Павел Лебедев</t>
   </si>
   <si>
     <t>5.66</t>
   </si>
   <si>
     <t>2.19</t>
   </si>
   <si>
-    <t>Vlad Vasilʹyev</t>
+    <t>Влад Васильев</t>
   </si>
   <si>
     <t>6.50</t>
   </si>
   <si>
     <t>1.73</t>
   </si>
   <si>
-    <t>Yevgeniya Ilʹina</t>
+    <t>Евгения Ильина</t>
   </si>
   <si>
     <t>6.81</t>
   </si>
   <si>
     <t>3.08</t>
   </si>
   <si>
-    <t>Teodor Kunilov</t>
+    <t>Теодор Кунилов</t>
   </si>
   <si>
     <t>6.83</t>
   </si>
   <si>
     <t>5.61</t>
   </si>
   <si>
-    <t>Marina Shchukina</t>
+    <t>Марина Щукина</t>
   </si>
   <si>
     <t>7.85</t>
   </si>
   <si>
     <t>3.42</t>
   </si>
   <si>
-    <t>Sergey Kalachev</t>
+    <t>Сергей Калачев</t>
   </si>
   <si>
     <t>8.48</t>
   </si>
   <si>
     <t>4.74</t>
   </si>
   <si>
-    <t>Andrey Razzhivin</t>
+    <t>Андрей Разживин</t>
   </si>
   <si>
     <t>8.69</t>
   </si>
   <si>
     <t>5.71</t>
   </si>
   <si>
-    <t>Yaroslav Sukharev</t>
+    <t>Ярослав Сухарев</t>
   </si>
   <si>
     <t>10.22</t>
   </si>
   <si>
     <t>5.13</t>
   </si>
   <si>
-    <t>Vitaliy Zarovkin</t>
+    <t>Виталий Заровкин</t>
   </si>
   <si>
     <t>13.21</t>
   </si>
   <si>
     <t>10.70</t>
   </si>
   <si>
-    <t>Zlata Kamardina</t>
+    <t>Злата Камардина</t>
   </si>
   <si>
     <t>16.88</t>
   </si>
   <si>
     <t>13.05</t>
   </si>
   <si>
-    <t>Kirill Kalachev</t>
+    <t>Кирилл Калачев</t>
   </si>
   <si>
     <t>25.91</t>
   </si>
   <si>
     <t>14.11</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
@@ -705,53 +705,53 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C36" sqref="C36"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>