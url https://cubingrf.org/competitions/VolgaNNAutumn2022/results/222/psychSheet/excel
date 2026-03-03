--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -12,371 +12,368 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="222" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="109">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="108">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Имя и фамилия участника</t>
-[...17 lines deleted...]
-    <t>Екатерина Канева</t>
+    <t>Competitor</t>
+  </si>
+  <si>
+    <t>Average</t>
+  </si>
+  <si>
+    <t>Best</t>
+  </si>
+  <si>
+    <t>Timofei Tarasenko</t>
+  </si>
+  <si>
+    <t>1.30</t>
+  </si>
+  <si>
+    <t>0.78</t>
+  </si>
+  <si>
+    <t>Ekaterina Kaneva</t>
   </si>
   <si>
     <t>1.94</t>
   </si>
   <si>
-    <t>0.60</t>
-[...2 lines deleted...]
-    <t>Вячеслав Кочергин</t>
+    <t>0.90</t>
+  </si>
+  <si>
+    <t>Vyacheslav Kochergin</t>
   </si>
   <si>
     <t>2.25</t>
   </si>
   <si>
-    <t>1.09</t>
-[...2 lines deleted...]
-    <t>Глеб Пясецкий</t>
+    <t>1.71</t>
+  </si>
+  <si>
+    <t>Gleb Pyasetskiy</t>
   </si>
   <si>
     <t>2.47</t>
   </si>
   <si>
     <t>1.57</t>
   </si>
   <si>
-    <t>Даниил Тамбовцев</t>
+    <t>Anatolii Turenko</t>
+  </si>
+  <si>
+    <t>2.48</t>
+  </si>
+  <si>
+    <t>1.07</t>
+  </si>
+  <si>
+    <t>Daniil Tambovtsev</t>
   </si>
   <si>
     <t>2.49</t>
   </si>
   <si>
     <t>1.23</t>
   </si>
   <si>
-    <t>Анатолий Туренко</t>
-[...8 lines deleted...]
-    <t>Михаил Харитонов</t>
+    <t>Mikhail Kharitonov</t>
   </si>
   <si>
     <t>2.80</t>
   </si>
   <si>
-    <t>0.75</t>
-[...2 lines deleted...]
-    <t>Дмитрий Душейко</t>
+    <t>1.12</t>
+  </si>
+  <si>
+    <t>Dmitrii Dusheiko</t>
   </si>
   <si>
     <t>2.95</t>
   </si>
   <si>
     <t>1.56</t>
   </si>
   <si>
-    <t>Андрей Копосов</t>
+    <t>Andrey Koposov</t>
   </si>
   <si>
     <t>3.04</t>
   </si>
   <si>
     <t>1.64</t>
   </si>
   <si>
-    <t>Александр Докин</t>
+    <t>Aleksandr Dokin</t>
   </si>
   <si>
     <t>3.19</t>
   </si>
   <si>
     <t>1.54</t>
   </si>
   <si>
-    <t>Сергей Миронченков</t>
+    <t>Sergey Mironchenkov</t>
   </si>
   <si>
     <t>3.67</t>
   </si>
   <si>
     <t>2.78</t>
   </si>
   <si>
-    <t>Артём Попов</t>
-[...8 lines deleted...]
-    <t>Николай Курбатов</t>
+    <t>Nikolay Kurbatov</t>
   </si>
   <si>
     <t>4.04</t>
   </si>
   <si>
     <t>2.23</t>
   </si>
   <si>
-    <t>Николай Гомельчук</t>
+    <t>Nikolai Gomelchuk</t>
   </si>
   <si>
     <t>4.05</t>
   </si>
   <si>
     <t>3.31</t>
   </si>
   <si>
-    <t>Данила Шуваев</t>
+    <t>Danila Shuvaev</t>
   </si>
   <si>
     <t>4.07</t>
   </si>
   <si>
     <t>1.85</t>
   </si>
   <si>
-    <t>Даниил Ромашков</t>
+    <t>Daniil Romashkov</t>
   </si>
   <si>
     <t>4.10</t>
   </si>
   <si>
     <t>1.70</t>
   </si>
   <si>
-    <t>Михаил Кудряшов</t>
-[...8 lines deleted...]
-    <t>Иларион Камардин</t>
+    <t>Ilarion Kamardin</t>
   </si>
   <si>
     <t>4.12</t>
   </si>
   <si>
     <t>1.89</t>
   </si>
   <si>
-    <t>Михаил Гончаренко</t>
+    <t>Mikhail Goncharenko</t>
   </si>
   <si>
     <t>4.23</t>
   </si>
   <si>
     <t>1.88</t>
   </si>
   <si>
-    <t>Леонид Тарасенко</t>
+    <t>Leonid Tarasenko</t>
   </si>
   <si>
     <t>4.35</t>
   </si>
   <si>
-    <t>2.37</t>
-[...11 lines deleted...]
-    <t>Агата Комекова</t>
+    <t>2.70</t>
+  </si>
+  <si>
+    <t>Mikhail Kudryashov</t>
+  </si>
+  <si>
+    <t>4.39</t>
+  </si>
+  <si>
+    <t>3.13</t>
+  </si>
+  <si>
+    <t>Agata Komekova</t>
   </si>
   <si>
     <t>4.84</t>
   </si>
   <si>
     <t>3.29</t>
   </si>
   <si>
-    <t>Дмитрий Парфёнов</t>
+    <t>Dmitriy Parfënov</t>
   </si>
   <si>
     <t>5.11</t>
   </si>
   <si>
     <t>3.05</t>
   </si>
   <si>
-    <t>Вера Горина</t>
+    <t>Vera Gorina</t>
   </si>
   <si>
     <t>5.30</t>
   </si>
   <si>
     <t>2.28</t>
   </si>
   <si>
-    <t>Павел Лебедев</t>
+    <t>Pavel Lebedev</t>
   </si>
   <si>
     <t>5.66</t>
   </si>
   <si>
     <t>2.19</t>
   </si>
   <si>
-    <t>Влад Васильев</t>
+    <t>Vlad Vasilʹyev</t>
   </si>
   <si>
     <t>6.50</t>
   </si>
   <si>
     <t>1.73</t>
   </si>
   <si>
-    <t>Евгения Ильина</t>
+    <t>Yevgeniya Ilʹina</t>
   </si>
   <si>
     <t>6.81</t>
   </si>
   <si>
     <t>3.08</t>
   </si>
   <si>
-    <t>Теодор Кунилов</t>
+    <t>Teodor Kunilov</t>
   </si>
   <si>
     <t>6.83</t>
   </si>
   <si>
     <t>5.61</t>
   </si>
   <si>
-    <t>Марина Щукина</t>
+    <t>Marina Shchukina</t>
   </si>
   <si>
     <t>7.85</t>
   </si>
   <si>
     <t>3.42</t>
   </si>
   <si>
-    <t>Сергей Калачев</t>
+    <t>Sergey Kalachev</t>
   </si>
   <si>
     <t>8.48</t>
   </si>
   <si>
     <t>4.74</t>
   </si>
   <si>
-    <t>Андрей Разживин</t>
-[...17 lines deleted...]
-    <t>Виталий Заровкин</t>
+    <t>Denis Kim</t>
+  </si>
+  <si>
+    <t>9.34</t>
+  </si>
+  <si>
+    <t>4.75</t>
+  </si>
+  <si>
+    <t>Yaroslav Sukharev</t>
+  </si>
+  <si>
+    <t>11.12</t>
+  </si>
+  <si>
+    <t>9.25</t>
+  </si>
+  <si>
+    <t>Andrey Razzhivin</t>
+  </si>
+  <si>
+    <t>11.35</t>
+  </si>
+  <si>
+    <t>Artem Popov</t>
+  </si>
+  <si>
+    <t>12.36</t>
+  </si>
+  <si>
+    <t>7.65</t>
+  </si>
+  <si>
+    <t>Vitaliy Zarovkin</t>
   </si>
   <si>
     <t>13.21</t>
   </si>
   <si>
     <t>10.70</t>
   </si>
   <si>
-    <t>Злата Камардина</t>
+    <t>Zlata Kamardina</t>
   </si>
   <si>
     <t>16.88</t>
   </si>
   <si>
     <t>13.05</t>
   </si>
   <si>
-    <t>Кирилл Калачев</t>
+    <t>Kirill Kalachev</t>
   </si>
   <si>
     <t>25.91</t>
   </si>
   <si>
     <t>14.11</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
@@ -705,53 +702,53 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C36" sqref="C36"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
@@ -1155,107 +1152,107 @@
     <row r="31" spans="1:4">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
         <v>91</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>92</v>
       </c>
       <c r="D31" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
         <v>94</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>95</v>
       </c>
       <c r="D32" t="s">
-        <v>96</v>
+        <v>77</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
+        <v>96</v>
+      </c>
+      <c r="C33" s="1" t="s">
         <v>97</v>
       </c>
-      <c r="C33" s="1" t="s">
+      <c r="D33" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
+        <v>99</v>
+      </c>
+      <c r="C34" s="1" t="s">
         <v>100</v>
       </c>
-      <c r="C34" s="1" t="s">
+      <c r="D34" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
+        <v>102</v>
+      </c>
+      <c r="C35" s="1" t="s">
         <v>103</v>
       </c>
-      <c r="C35" s="1" t="s">
+      <c r="D35" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
+        <v>105</v>
+      </c>
+      <c r="C36" s="1" t="s">
         <v>106</v>
       </c>
-      <c r="C36" s="1" t="s">
+      <c r="D36" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>