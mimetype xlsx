--- v0 (2026-01-15)
+++ v1 (2026-03-03)
@@ -12,122 +12,122 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="333" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="126">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="125">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Тимофей Тарасенко</t>
   </si>
   <si>
-    <t>5.25</t>
-[...2 lines deleted...]
-    <t>3.72</t>
+    <t>5.34</t>
+  </si>
+  <si>
+    <t>4.58</t>
   </si>
   <si>
     <t>Анатолий Туренко</t>
   </si>
   <si>
-    <t>6.66</t>
+    <t>6.55</t>
   </si>
   <si>
     <t>4.99</t>
   </si>
   <si>
     <t>Глеб Пясецкий</t>
   </si>
   <si>
     <t>7.70</t>
   </si>
   <si>
     <t>5.60</t>
   </si>
   <si>
     <t>Михаил Харитонов</t>
   </si>
   <si>
     <t>7.89</t>
   </si>
   <si>
     <t>6.53</t>
   </si>
   <si>
     <t>Екатерина Канева</t>
   </si>
   <si>
     <t>7.93</t>
   </si>
   <si>
     <t>6.60</t>
   </si>
   <si>
     <t>Вячеслав Кочергин</t>
   </si>
   <si>
     <t>8.06</t>
   </si>
   <si>
-    <t>6.81</t>
+    <t>6.96</t>
   </si>
   <si>
     <t>Николай Массон</t>
   </si>
   <si>
-    <t>8.57</t>
+    <t>8.66</t>
   </si>
   <si>
     <t>6.36</t>
   </si>
   <si>
     <t>Даниил Тамбовцев</t>
   </si>
   <si>
     <t>9.10</t>
   </si>
   <si>
     <t>7.12</t>
   </si>
   <si>
     <t>Дмитрий Душейко</t>
   </si>
   <si>
     <t>9.40</t>
   </si>
   <si>
     <t>8.21</t>
   </si>
   <si>
     <t>Александр Докин</t>
   </si>
@@ -152,234 +152,231 @@
   <si>
     <t>11.21</t>
   </si>
   <si>
     <t>9.96</t>
   </si>
   <si>
     <t>Михаил Гончаренко</t>
   </si>
   <si>
     <t>11.34</t>
   </si>
   <si>
     <t>9.00</t>
   </si>
   <si>
     <t>Иларион Камардин</t>
   </si>
   <si>
     <t>11.42</t>
   </si>
   <si>
     <t>9.73</t>
   </si>
   <si>
+    <t>Сергей Миронченков</t>
+  </si>
+  <si>
+    <t>11.92</t>
+  </si>
+  <si>
+    <t>8.29</t>
+  </si>
+  <si>
+    <t>Николай Гомельчук</t>
+  </si>
+  <si>
+    <t>10.08</t>
+  </si>
+  <si>
     <t>Данила Шуваев</t>
   </si>
   <si>
-    <t>11.66</t>
+    <t>11.98</t>
   </si>
   <si>
     <t>9.60</t>
   </si>
   <si>
-    <t>Сергей Миронченков</t>
-[...13 lines deleted...]
-  <si>
     <t>Леонид Тарасенко</t>
   </si>
   <si>
-    <t>12.41</t>
-[...2 lines deleted...]
-    <t>10.82</t>
+    <t>12.90</t>
+  </si>
+  <si>
+    <t>10.85</t>
   </si>
   <si>
     <t>Влад Васильев</t>
   </si>
   <si>
     <t>13.30</t>
   </si>
   <si>
     <t>11.07</t>
   </si>
   <si>
     <t>Андрей Копосов</t>
   </si>
   <si>
     <t>13.45</t>
   </si>
   <si>
-    <t>11.59</t>
+    <t>11.87</t>
   </si>
   <si>
     <t>Даниил Ромашков</t>
   </si>
   <si>
     <t>13.89</t>
   </si>
   <si>
     <t>12.00</t>
   </si>
   <si>
     <t>Вера Горина</t>
   </si>
   <si>
     <t>14.08</t>
   </si>
   <si>
     <t>12.43</t>
   </si>
   <si>
+    <t>Дмитрий Парфёнов</t>
+  </si>
+  <si>
+    <t>14.82</t>
+  </si>
+  <si>
+    <t>11.97</t>
+  </si>
+  <si>
+    <t>Александр Катюков</t>
+  </si>
+  <si>
+    <t>15.16</t>
+  </si>
+  <si>
+    <t>12.84</t>
+  </si>
+  <si>
+    <t>Евгения Ильина</t>
+  </si>
+  <si>
+    <t>15.64</t>
+  </si>
+  <si>
+    <t>13.06</t>
+  </si>
+  <si>
+    <t>Михаил Кудряшов</t>
+  </si>
+  <si>
+    <t>15.81</t>
+  </si>
+  <si>
+    <t>12.62</t>
+  </si>
+  <si>
+    <t>Николай Курбатов</t>
+  </si>
+  <si>
+    <t>16.42</t>
+  </si>
+  <si>
+    <t>13.64</t>
+  </si>
+  <si>
+    <t>Марина Щукина</t>
+  </si>
+  <si>
+    <t>18.72</t>
+  </si>
+  <si>
+    <t>14.22</t>
+  </si>
+  <si>
+    <t>Ярослав Сухарев</t>
+  </si>
+  <si>
+    <t>18.95</t>
+  </si>
+  <si>
+    <t>17.10</t>
+  </si>
+  <si>
+    <t>Теодор Кунилов</t>
+  </si>
+  <si>
+    <t>21.27</t>
+  </si>
+  <si>
+    <t>18.78</t>
+  </si>
+  <si>
+    <t>Павел Лебедев</t>
+  </si>
+  <si>
+    <t>22.50</t>
+  </si>
+  <si>
+    <t>15.74</t>
+  </si>
+  <si>
+    <t>Андрей Разживин</t>
+  </si>
+  <si>
+    <t>23.01</t>
+  </si>
+  <si>
+    <t>19.58</t>
+  </si>
+  <si>
+    <t>Кирилл Серафимов</t>
+  </si>
+  <si>
+    <t>23.04</t>
+  </si>
+  <si>
+    <t>19.14</t>
+  </si>
+  <si>
     <t>Денис Ким</t>
   </si>
   <si>
-    <t>14.09</t>
-[...38 lines deleted...]
-    <t>12.62</t>
+    <t>24.05</t>
   </si>
   <si>
     <t>Артём Попов</t>
   </si>
   <si>
-    <t>16.34</t>
-[...65 lines deleted...]
-    <t>19.14</t>
+    <t>30.31</t>
+  </si>
+  <si>
+    <t>24.03</t>
   </si>
   <si>
     <t>Виталий Заровкин</t>
   </si>
   <si>
     <t>31.83</t>
   </si>
   <si>
     <t>30.15</t>
   </si>
   <si>
     <t>Сергей Калачев</t>
   </si>
   <si>
     <t>35.39</t>
   </si>
   <si>
     <t>28.10</t>
   </si>
   <si>
     <t>Кирилл Калачев</t>
   </si>
   <si>
     <t>49.87</t>
   </si>
@@ -993,65 +990,65 @@
         <v>45</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
         <v>46</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>47</v>
       </c>
       <c r="D16" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
         <v>49</v>
       </c>
       <c r="C17" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D17" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
+        <v>51</v>
+      </c>
+      <c r="C18" s="1" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
       <c r="D18" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
         <v>54</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>55</v>
       </c>
       <c r="D19" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
         <v>57</v>
@@ -1248,149 +1245,149 @@
     <row r="34" spans="1:4">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
         <v>99</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>100</v>
       </c>
       <c r="D34" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
         <v>102</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>103</v>
       </c>
       <c r="D35" t="s">
-        <v>104</v>
+        <v>91</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
+        <v>104</v>
+      </c>
+      <c r="C36" s="1" t="s">
         <v>105</v>
       </c>
-      <c r="C36" s="1" t="s">
+      <c r="D36" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
+        <v>107</v>
+      </c>
+      <c r="C37" s="1" t="s">
         <v>108</v>
       </c>
-      <c r="C37" s="1" t="s">
+      <c r="D37" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
+        <v>110</v>
+      </c>
+      <c r="C38" s="1" t="s">
         <v>111</v>
       </c>
-      <c r="C38" s="1" t="s">
+      <c r="D38" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
+        <v>113</v>
+      </c>
+      <c r="C39" s="1" t="s">
         <v>114</v>
       </c>
-      <c r="C39" s="1" t="s">
+      <c r="D39" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
+        <v>116</v>
+      </c>
+      <c r="C40" s="1" t="s">
         <v>117</v>
       </c>
-      <c r="C40" s="1" t="s">
+      <c r="D40" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
+        <v>119</v>
+      </c>
+      <c r="C41" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="C41" s="1" t="s">
+      <c r="D41" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
+        <v>122</v>
+      </c>
+      <c r="C42" s="1" t="s">
         <v>123</v>
       </c>
-      <c r="C42" s="1" t="s">
+      <c r="D42" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>