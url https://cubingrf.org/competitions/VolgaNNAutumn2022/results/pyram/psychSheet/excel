--- v0 (2025-12-01)
+++ v1 (2026-01-15)
@@ -17,285 +17,285 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="pyram" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="82">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Timofei Tarasenko</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Тимофей Тарасенко</t>
   </si>
   <si>
     <t>1.96</t>
   </si>
   <si>
     <t>0.93</t>
   </si>
   <si>
-    <t>Vyacheslav Kochergin</t>
+    <t>Вячеслав Кочергин</t>
   </si>
   <si>
     <t>2.78</t>
   </si>
   <si>
     <t>2.14</t>
   </si>
   <si>
-    <t>Ekaterina Kaneva</t>
+    <t>Анатолий Туренко</t>
+  </si>
+  <si>
+    <t>3.06</t>
+  </si>
+  <si>
+    <t>1.69</t>
+  </si>
+  <si>
+    <t>Екатерина Канева</t>
   </si>
   <si>
     <t>3.38</t>
   </si>
   <si>
     <t>1.86</t>
   </si>
   <si>
-    <t>Anatolii Turenko</t>
-[...8 lines deleted...]
-    <t>Mikhail Kharitonov</t>
+    <t>Михаил Харитонов</t>
   </si>
   <si>
     <t>3.82</t>
   </si>
   <si>
     <t>2.28</t>
   </si>
   <si>
-    <t>Nikolai Gomelchuk</t>
+    <t>Николай Гомельчук</t>
   </si>
   <si>
     <t>4.65</t>
   </si>
   <si>
     <t>3.27</t>
   </si>
   <si>
-    <t>Aleksandr Dokin</t>
+    <t>Александр Докин</t>
   </si>
   <si>
     <t>4.80</t>
   </si>
   <si>
     <t>1.80</t>
   </si>
   <si>
-    <t>Gleb Pyasetskiy</t>
+    <t>Глеб Пясецкий</t>
   </si>
   <si>
     <t>4.96</t>
   </si>
   <si>
     <t>3.58</t>
   </si>
   <si>
-    <t>Andrey Koposov</t>
+    <t>Андрей Копосов</t>
   </si>
   <si>
     <t>5.19</t>
   </si>
   <si>
     <t>2.94</t>
   </si>
   <si>
-    <t>Dmitrii Dusheiko</t>
+    <t>Дмитрий Душейко</t>
   </si>
   <si>
     <t>5.52</t>
   </si>
   <si>
     <t>3.42</t>
   </si>
   <si>
-    <t>Daniil Tambovtsev</t>
+    <t>Даниил Тамбовцев</t>
   </si>
   <si>
     <t>5.71</t>
   </si>
   <si>
     <t>3.51</t>
   </si>
   <si>
-    <t>Agata Komekova</t>
+    <t>Агата Комекова</t>
   </si>
   <si>
     <t>6.05</t>
   </si>
   <si>
     <t>2.44</t>
   </si>
   <si>
-    <t>Ilarion Kamardin</t>
+    <t>Иларион Камардин</t>
   </si>
   <si>
     <t>6.07</t>
   </si>
   <si>
     <t>3.20</t>
   </si>
   <si>
-    <t>Leonid Tarasenko</t>
+    <t>Леонид Тарасенко</t>
   </si>
   <si>
     <t>6.88</t>
   </si>
   <si>
     <t>5.35</t>
   </si>
   <si>
-    <t>Daniil Romashkov</t>
+    <t>Даниил Ромашков</t>
   </si>
   <si>
     <t>7.69</t>
   </si>
   <si>
     <t>5.25</t>
   </si>
   <si>
-    <t>Vera Gorina</t>
+    <t>Вера Горина</t>
   </si>
   <si>
     <t>7.80</t>
   </si>
   <si>
     <t>4.37</t>
   </si>
   <si>
-    <t>Sergey Mironchenkov</t>
+    <t>Сергей Миронченков</t>
   </si>
   <si>
     <t>8.45</t>
   </si>
   <si>
     <t>5.93</t>
   </si>
   <si>
-    <t>Vlad Vasilʹyev</t>
+    <t>Влад Васильев</t>
   </si>
   <si>
     <t>10.32</t>
   </si>
   <si>
     <t>8.14</t>
   </si>
   <si>
-    <t>Yevgeniya Ilʹina</t>
+    <t>Евгения Ильина</t>
   </si>
   <si>
     <t>10.83</t>
   </si>
   <si>
     <t>7.60</t>
   </si>
   <si>
-    <t>Mikhail Kudryashov</t>
+    <t>Михаил Кудряшов</t>
   </si>
   <si>
     <t>11.03</t>
   </si>
   <si>
     <t>5.21</t>
   </si>
   <si>
-    <t>Andrey Razzhivin</t>
+    <t>Андрей Разживин</t>
   </si>
   <si>
     <t>11.46</t>
   </si>
   <si>
     <t>8.58</t>
   </si>
   <si>
-    <t>Marina Shchukina</t>
+    <t>Марина Щукина</t>
   </si>
   <si>
     <t>11.67</t>
   </si>
   <si>
     <t>9.00</t>
   </si>
   <si>
-    <t>Zlata Kamardina</t>
+    <t>Злата Камардина</t>
   </si>
   <si>
     <t>12.65</t>
   </si>
   <si>
     <t>11.13</t>
   </si>
   <si>
-    <t>Teodor Kunilov</t>
+    <t>Теодор Кунилов</t>
   </si>
   <si>
     <t>12.74</t>
   </si>
   <si>
     <t>8.69</t>
   </si>
   <si>
-    <t>Sergey Kalachev</t>
+    <t>Сергей Калачев</t>
   </si>
   <si>
     <t>14.37</t>
   </si>
   <si>
     <t>11.91</t>
   </si>
   <si>
-    <t>Kirill Kalachev</t>
+    <t>Кирилл Калачев</t>
   </si>
   <si>
     <t>27.51</t>
   </si>
   <si>
     <t>18.69</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
@@ -624,53 +624,53 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D27"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C27" sqref="C27"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>