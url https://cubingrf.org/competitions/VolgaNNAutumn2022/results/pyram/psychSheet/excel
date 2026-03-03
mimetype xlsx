--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -41,69 +41,69 @@
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Тимофей Тарасенко</t>
   </si>
   <si>
     <t>1.96</t>
   </si>
   <si>
     <t>0.93</t>
   </si>
   <si>
     <t>Вячеслав Кочергин</t>
   </si>
   <si>
     <t>2.78</t>
   </si>
   <si>
-    <t>2.14</t>
+    <t>2.29</t>
+  </si>
+  <si>
+    <t>Екатерина Канева</t>
+  </si>
+  <si>
+    <t>3.38</t>
+  </si>
+  <si>
+    <t>1.86</t>
   </si>
   <si>
     <t>Анатолий Туренко</t>
   </si>
   <si>
-    <t>3.06</t>
-[...11 lines deleted...]
-    <t>1.86</t>
+    <t>3.72</t>
+  </si>
+  <si>
+    <t>2.17</t>
   </si>
   <si>
     <t>Михаил Харитонов</t>
   </si>
   <si>
     <t>3.82</t>
   </si>
   <si>
     <t>2.28</t>
   </si>
   <si>
     <t>Николай Гомельчук</t>
   </si>
   <si>
     <t>4.65</t>
   </si>
   <si>
     <t>3.27</t>
   </si>
   <si>
     <t>Александр Докин</t>
   </si>
   <si>
     <t>4.80</t>
   </si>
@@ -137,135 +137,135 @@
   <si>
     <t>3.42</t>
   </si>
   <si>
     <t>Даниил Тамбовцев</t>
   </si>
   <si>
     <t>5.71</t>
   </si>
   <si>
     <t>3.51</t>
   </si>
   <si>
     <t>Агата Комекова</t>
   </si>
   <si>
     <t>6.05</t>
   </si>
   <si>
     <t>2.44</t>
   </si>
   <si>
     <t>Иларион Камардин</t>
   </si>
   <si>
-    <t>6.07</t>
+    <t>6.46</t>
   </si>
   <si>
     <t>3.20</t>
   </si>
   <si>
     <t>Леонид Тарасенко</t>
   </si>
   <si>
     <t>6.88</t>
   </si>
   <si>
     <t>5.35</t>
   </si>
   <si>
     <t>Даниил Ромашков</t>
   </si>
   <si>
     <t>7.69</t>
   </si>
   <si>
     <t>5.25</t>
   </si>
   <si>
     <t>Вера Горина</t>
   </si>
   <si>
     <t>7.80</t>
   </si>
   <si>
     <t>4.37</t>
   </si>
   <si>
     <t>Сергей Миронченков</t>
   </si>
   <si>
-    <t>8.45</t>
+    <t>8.59</t>
   </si>
   <si>
     <t>5.93</t>
   </si>
   <si>
     <t>Влад Васильев</t>
   </si>
   <si>
     <t>10.32</t>
   </si>
   <si>
     <t>8.14</t>
   </si>
   <si>
     <t>Евгения Ильина</t>
   </si>
   <si>
     <t>10.83</t>
   </si>
   <si>
     <t>7.60</t>
   </si>
   <si>
+    <t>Андрей Разживин</t>
+  </si>
+  <si>
+    <t>11.46</t>
+  </si>
+  <si>
+    <t>9.69</t>
+  </si>
+  <si>
+    <t>Марина Щукина</t>
+  </si>
+  <si>
+    <t>11.67</t>
+  </si>
+  <si>
+    <t>9.00</t>
+  </si>
+  <si>
     <t>Михаил Кудряшов</t>
   </si>
   <si>
-    <t>11.03</t>
-[...20 lines deleted...]
-    <t>9.00</t>
+    <t>12.08</t>
+  </si>
+  <si>
+    <t>7.76</t>
   </si>
   <si>
     <t>Злата Камардина</t>
   </si>
   <si>
     <t>12.65</t>
   </si>
   <si>
     <t>11.13</t>
   </si>
   <si>
     <t>Теодор Кунилов</t>
   </si>
   <si>
     <t>12.74</t>
   </si>
   <si>
     <t>8.69</t>
   </si>
   <si>
     <t>Сергей Калачев</t>
   </si>
   <si>
     <t>14.37</t>
   </si>