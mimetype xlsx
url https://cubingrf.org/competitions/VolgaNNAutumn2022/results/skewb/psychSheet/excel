--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -29,51 +29,51 @@
     <sheet name="skewb" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Екатерина Канева</t>
   </si>
   <si>
-    <t>2.56</t>
+    <t>2.35</t>
   </si>
   <si>
     <t>1.07</t>
   </si>
   <si>
     <t>Тимофей Тарасенко</t>
   </si>
   <si>
     <t>3.91</t>
   </si>
   <si>
     <t>1.85</t>
   </si>
   <si>
     <t>Анатолий Туренко</t>
   </si>
   <si>
     <t>4.17</t>
   </si>
   <si>
     <t>2.64</t>
   </si>
   <si>
     <t>Николай Гомельчук</t>
   </si>