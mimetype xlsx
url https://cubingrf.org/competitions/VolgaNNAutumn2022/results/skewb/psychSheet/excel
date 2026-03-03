--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -41,96 +41,96 @@
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Екатерина Канева</t>
   </si>
   <si>
     <t>2.35</t>
   </si>
   <si>
     <t>1.07</t>
   </si>
   <si>
     <t>Тимофей Тарасенко</t>
   </si>
   <si>
     <t>3.91</t>
   </si>
   <si>
-    <t>1.85</t>
+    <t>2.51</t>
+  </si>
+  <si>
+    <t>Николай Гомельчук</t>
+  </si>
+  <si>
+    <t>4.62</t>
+  </si>
+  <si>
+    <t>2.93</t>
   </si>
   <si>
     <t>Анатолий Туренко</t>
   </si>
   <si>
-    <t>4.17</t>
-[...11 lines deleted...]
-    <t>2.93</t>
+    <t>4.63</t>
+  </si>
+  <si>
+    <t>2.81</t>
   </si>
   <si>
     <t>Вячеслав Кочергин</t>
   </si>
   <si>
     <t>4.86</t>
   </si>
   <si>
     <t>2.05</t>
   </si>
   <si>
     <t>Михаил Харитонов</t>
   </si>
   <si>
     <t>5.02</t>
   </si>
   <si>
     <t>2.79</t>
   </si>
   <si>
     <t>Сергей Миронченков</t>
   </si>
   <si>
     <t>5.47</t>
   </si>
   <si>
-    <t>3.41</t>
+    <t>3.51</t>
   </si>
   <si>
     <t>Иларион Камардин</t>
   </si>
   <si>
     <t>6.01</t>
   </si>
   <si>
     <t>3.21</t>
   </si>
   <si>
     <t>Михаил Гончаренко</t>
   </si>
   <si>
     <t>6.66</t>
   </si>
   <si>
     <t>3.92</t>
   </si>
   <si>
     <t>Агата Комекова</t>
   </si>
   <si>
     <t>7.88</t>
   </si>
@@ -143,72 +143,72 @@
   <si>
     <t>8.69</t>
   </si>
   <si>
     <t>4.99</t>
   </si>
   <si>
     <t>Влад Васильев</t>
   </si>
   <si>
     <t>10.00</t>
   </si>
   <si>
     <t>4.48</t>
   </si>
   <si>
     <t>Евгения Ильина</t>
   </si>
   <si>
     <t>13.71</t>
   </si>
   <si>
     <t>7.66</t>
   </si>
   <si>
+    <t>Сергей Калачев</t>
+  </si>
+  <si>
+    <t>15.77</t>
+  </si>
+  <si>
+    <t>11.73</t>
+  </si>
+  <si>
     <t>Николай Курбатов</t>
   </si>
   <si>
-    <t>15.35</t>
-[...11 lines deleted...]
-    <t>11.73</t>
+    <t>15.89</t>
+  </si>
+  <si>
+    <t>13.05</t>
   </si>
   <si>
     <t>Даниил Ромашков</t>
   </si>
   <si>
-    <t>22.15</t>
+    <t>23.00</t>
   </si>
   <si>
     <t>16.55</t>
   </si>
   <si>
     <t>Теодор Кунилов</t>
   </si>
   <si>
     <t>32.82</t>
   </si>
   <si>
     <t>10.87</t>
   </si>
   <si>
     <t>Кирилл Калачев</t>
   </si>
   <si>
     <t>37.99</t>
   </si>
   <si>
     <t>15.38</t>
   </si>
 </sst>
 </file>
 