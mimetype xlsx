--- v0 (2025-11-30)
+++ v1 (2026-03-03)
@@ -29,63 +29,63 @@
     <sheet name="sq1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Тимофей Тарасенко</t>
   </si>
   <si>
-    <t>12.59</t>
+    <t>12.71</t>
   </si>
   <si>
     <t>9.05</t>
   </si>
   <si>
     <t>Екатерина Канева</t>
   </si>
   <si>
     <t>12.95</t>
   </si>
   <si>
-    <t>9.21</t>
+    <t>9.65</t>
   </si>
   <si>
     <t>Михаил Харитонов</t>
   </si>
   <si>
     <t>13.10</t>
   </si>
   <si>
     <t>10.19</t>
   </si>
   <si>
     <t>Вячеслав Кочергин</t>
   </si>
   <si>
     <t>16.95</t>
   </si>
   <si>
     <t>12.30</t>
   </si>
   <si>
     <t>Николай Гомельчук</t>
   </si>
   <si>
     <t>26.16</t>
   </si>