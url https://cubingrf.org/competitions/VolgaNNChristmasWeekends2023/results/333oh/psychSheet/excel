--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -89,138 +89,138 @@
   <si>
     <t>12.67</t>
   </si>
   <si>
     <t>10.82</t>
   </si>
   <si>
     <t>Лев Маслов</t>
   </si>
   <si>
     <t>14.42</t>
   </si>
   <si>
     <t>10.25</t>
   </si>
   <si>
     <t>Андрей Синицын</t>
   </si>
   <si>
     <t>15.06</t>
   </si>
   <si>
     <t>12.53</t>
   </si>
   <si>
+    <t>Николай Массон</t>
+  </si>
+  <si>
+    <t>15.18</t>
+  </si>
+  <si>
+    <t>12.37</t>
+  </si>
+  <si>
     <t>Дмитрий Душейко</t>
   </si>
   <si>
     <t>15.27</t>
   </si>
   <si>
     <t>13.68</t>
   </si>
   <si>
     <t>Александр Ермаков</t>
   </si>
   <si>
     <t>15.28</t>
   </si>
   <si>
     <t>13.60</t>
   </si>
   <si>
     <t>Дмитрий Васильев</t>
   </si>
   <si>
     <t>15.71</t>
   </si>
   <si>
     <t>12.68</t>
   </si>
   <si>
     <t>Никита Платонов</t>
   </si>
   <si>
     <t>15.85</t>
   </si>
   <si>
     <t>12.60</t>
   </si>
   <si>
-    <t>Николай Массон</t>
-[...7 lines deleted...]
-  <si>
     <t>Дмитрий Нагирняк</t>
   </si>
   <si>
     <t>16.14</t>
   </si>
   <si>
     <t>12.84</t>
   </si>
   <si>
+    <t>Тимофей Тюльпаков</t>
+  </si>
+  <si>
+    <t>16.41</t>
+  </si>
+  <si>
+    <t>12.58</t>
+  </si>
+  <si>
     <t>Михаил Харитонов</t>
   </si>
   <si>
     <t>16.66</t>
   </si>
   <si>
     <t>12.00</t>
   </si>
   <si>
     <t>Сергей Миронченков</t>
   </si>
   <si>
     <t>17.00</t>
   </si>
   <si>
     <t>14.60</t>
   </si>
   <si>
     <t>Екатерина Канева</t>
   </si>
   <si>
     <t>17.05</t>
   </si>
   <si>
     <t>11.53</t>
-  </si>
-[...7 lines deleted...]
-    <t>12.58</t>
   </si>
   <si>
     <t>Роман Шилов</t>
   </si>
   <si>
     <t>18.97</t>
   </si>
   <si>
     <t>15.59</t>
   </si>
   <si>
     <t>Дмитрий Сауков</t>
   </si>
   <si>
     <t>19.17</t>
   </si>
   <si>
     <t>10.56</t>
   </si>
   <si>
     <t>Артур Чечёхин</t>
   </si>
   <si>
     <t>20.83</t>
   </si>