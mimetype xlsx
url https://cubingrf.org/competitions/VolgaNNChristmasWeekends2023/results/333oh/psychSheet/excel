--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -12,307 +12,304 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="333oh" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="120">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="119">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
+    <t>Дмитрий Гундин</t>
+  </si>
+  <si>
+    <t>10.77</t>
+  </si>
+  <si>
+    <t>9.42</t>
+  </si>
+  <si>
+    <t>Славомил Волосков</t>
+  </si>
+  <si>
+    <t>11.28</t>
+  </si>
+  <si>
+    <t>7.63</t>
+  </si>
+  <si>
     <t>Анатолий Туренко</t>
   </si>
   <si>
-    <t>10.75</t>
+    <t>11.70</t>
   </si>
   <si>
     <t>8.87</t>
   </si>
   <si>
-    <t>Дмитрий Гундин</t>
-[...16 lines deleted...]
-  <si>
     <t>Григорий Барашкин</t>
   </si>
   <si>
     <t>12.07</t>
   </si>
   <si>
     <t>8.91</t>
   </si>
   <si>
     <t>Андрей Панов</t>
   </si>
   <si>
     <t>12.67</t>
   </si>
   <si>
-    <t>10.82</t>
+    <t>10.78</t>
   </si>
   <si>
     <t>Лев Маслов</t>
   </si>
   <si>
     <t>14.42</t>
   </si>
   <si>
     <t>10.25</t>
   </si>
   <si>
     <t>Андрей Синицын</t>
   </si>
   <si>
     <t>15.06</t>
   </si>
   <si>
     <t>12.53</t>
   </si>
   <si>
+    <t>Дмитрий Душейко</t>
+  </si>
+  <si>
+    <t>15.27</t>
+  </si>
+  <si>
+    <t>13.31</t>
+  </si>
+  <si>
+    <t>Александр Ермаков</t>
+  </si>
+  <si>
+    <t>15.28</t>
+  </si>
+  <si>
+    <t>13.60</t>
+  </si>
+  <si>
+    <t>Дмитрий Васильев</t>
+  </si>
+  <si>
+    <t>15.71</t>
+  </si>
+  <si>
+    <t>12.68</t>
+  </si>
+  <si>
+    <t>Никита Платонов</t>
+  </si>
+  <si>
+    <t>15.85</t>
+  </si>
+  <si>
+    <t>12.60</t>
+  </si>
+  <si>
+    <t>Дмитрий Нагирняк</t>
+  </si>
+  <si>
+    <t>16.14</t>
+  </si>
+  <si>
+    <t>12.84</t>
+  </si>
+  <si>
     <t>Николай Массон</t>
   </si>
   <si>
-    <t>15.18</t>
+    <t>16.15</t>
   </si>
   <si>
     <t>12.37</t>
   </si>
   <si>
-    <t>Дмитрий Душейко</t>
-[...43 lines deleted...]
-  <si>
     <t>Тимофей Тюльпаков</t>
   </si>
   <si>
     <t>16.41</t>
   </si>
   <si>
     <t>12.58</t>
   </si>
   <si>
     <t>Михаил Харитонов</t>
   </si>
   <si>
     <t>16.66</t>
   </si>
   <si>
     <t>12.00</t>
   </si>
   <si>
+    <t>Екатерина Канева</t>
+  </si>
+  <si>
+    <t>17.05</t>
+  </si>
+  <si>
+    <t>11.53</t>
+  </si>
+  <si>
     <t>Сергей Миронченков</t>
   </si>
   <si>
-    <t>17.00</t>
-[...11 lines deleted...]
-    <t>11.53</t>
+    <t>17.83</t>
+  </si>
+  <si>
+    <t>14.88</t>
   </si>
   <si>
     <t>Роман Шилов</t>
   </si>
   <si>
     <t>18.97</t>
   </si>
   <si>
     <t>15.59</t>
   </si>
   <si>
     <t>Дмитрий Сауков</t>
   </si>
   <si>
     <t>19.17</t>
   </si>
   <si>
-    <t>10.56</t>
+    <t>16.06</t>
   </si>
   <si>
     <t>Артур Чечёхин</t>
   </si>
   <si>
     <t>20.83</t>
   </si>
   <si>
     <t>15.87</t>
   </si>
   <si>
     <t>Александр Докин</t>
   </si>
   <si>
     <t>21.06</t>
   </si>
   <si>
     <t>18.19</t>
   </si>
   <si>
     <t>Николай Гомельчук</t>
   </si>
   <si>
     <t>22.58</t>
   </si>
   <si>
     <t>17.13</t>
   </si>
   <si>
     <t>Арсений Йоцюс</t>
   </si>
   <si>
     <t>22.67</t>
   </si>
   <si>
     <t>18.62</t>
   </si>
   <si>
+    <t>Владимир Лебедев</t>
+  </si>
+  <si>
+    <t>23.45</t>
+  </si>
+  <si>
+    <t>19.55</t>
+  </si>
+  <si>
     <t>Осип Чебурашкин</t>
   </si>
   <si>
     <t>24.24</t>
   </si>
   <si>
     <t>20.52</t>
   </si>
   <si>
     <t>Василий Николашин</t>
   </si>
   <si>
     <t>24.94</t>
   </si>
   <si>
-    <t>17.83</t>
-[...1 lines deleted...]
-  <si>
     <t>Евгений Ткачёв</t>
   </si>
   <si>
     <t>25.66</t>
   </si>
   <si>
     <t>19.31</t>
   </si>
   <si>
-    <t>Владимир Лебедев</t>
-[...7 lines deleted...]
-  <si>
     <t>Георгий Аветиков</t>
   </si>
   <si>
     <t>27.09</t>
   </si>
   <si>
     <t>20.70</t>
   </si>
   <si>
     <t>Агата Комекова</t>
   </si>
   <si>
     <t>27.77</t>
   </si>
   <si>
     <t>23.70</t>
   </si>
   <si>
     <t>Егор Касюк</t>
   </si>
   <si>
     <t>29.07</t>
   </si>
   <si>
     <t>25.02</t>
@@ -320,96 +317,96 @@
   <si>
     <t>Александра Лукьянова</t>
   </si>
   <si>
     <t>30.92</t>
   </si>
   <si>
     <t>26.01</t>
   </si>
   <si>
     <t>Павел Мишин</t>
   </si>
   <si>
     <t>31.71</t>
   </si>
   <si>
     <t>25.76</t>
   </si>
   <si>
     <t>Александр Катюков</t>
   </si>
   <si>
     <t>32.01</t>
   </si>
   <si>
-    <t>27.45</t>
+    <t>28.23</t>
   </si>
   <si>
     <t>Вера Горина</t>
   </si>
   <si>
     <t>33.23</t>
   </si>
   <si>
     <t>25.68</t>
   </si>
   <si>
     <t>Иван Ковалев</t>
   </si>
   <si>
     <t>35.54</t>
   </si>
   <si>
     <t>25.71</t>
   </si>
   <si>
     <t>Евгения Ильина</t>
   </si>
   <si>
     <t>39.23</t>
   </si>
   <si>
     <t>33.89</t>
   </si>
   <si>
     <t>Максим Калинин</t>
   </si>
   <si>
     <t>49.67</t>
   </si>
   <si>
     <t>31.73</t>
   </si>
   <si>
     <t>Ольга Ясакова</t>
   </si>
   <si>
-    <t>1:01.64</t>
-[...2 lines deleted...]
-    <t>43.61</t>
+    <t>54.43</t>
+  </si>
+  <si>
+    <t>49.21</t>
   </si>
   <si>
     <t>Фёдор Хохряков</t>
   </si>
   <si>
     <t>1:05.32</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
@@ -1118,231 +1115,231 @@
     <row r="26" spans="1:4">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
         <v>76</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>77</v>
       </c>
       <c r="D26" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
         <v>79</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>80</v>
       </c>
       <c r="D27" t="s">
-        <v>81</v>
+        <v>53</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
+        <v>81</v>
+      </c>
+      <c r="C28" s="1" t="s">
         <v>82</v>
       </c>
-      <c r="C28" s="1" t="s">
+      <c r="D28" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
+        <v>84</v>
+      </c>
+      <c r="C29" s="1" t="s">
         <v>85</v>
       </c>
-      <c r="C29" s="1" t="s">
+      <c r="D29" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
+        <v>87</v>
+      </c>
+      <c r="C30" s="1" t="s">
         <v>88</v>
       </c>
-      <c r="C30" s="1" t="s">
+      <c r="D30" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
+        <v>90</v>
+      </c>
+      <c r="C31" s="1" t="s">
         <v>91</v>
       </c>
-      <c r="C31" s="1" t="s">
+      <c r="D31" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
+        <v>93</v>
+      </c>
+      <c r="C32" s="1" t="s">
         <v>94</v>
       </c>
-      <c r="C32" s="1" t="s">
+      <c r="D32" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
+        <v>96</v>
+      </c>
+      <c r="C33" s="1" t="s">
         <v>97</v>
       </c>
-      <c r="C33" s="1" t="s">
+      <c r="D33" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
+        <v>99</v>
+      </c>
+      <c r="C34" s="1" t="s">
         <v>100</v>
       </c>
-      <c r="C34" s="1" t="s">
+      <c r="D34" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
+        <v>102</v>
+      </c>
+      <c r="C35" s="1" t="s">
         <v>103</v>
       </c>
-      <c r="C35" s="1" t="s">
+      <c r="D35" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
+        <v>105</v>
+      </c>
+      <c r="C36" s="1" t="s">
         <v>106</v>
       </c>
-      <c r="C36" s="1" t="s">
+      <c r="D36" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
+        <v>108</v>
+      </c>
+      <c r="C37" s="1" t="s">
         <v>109</v>
       </c>
-      <c r="C37" s="1" t="s">
+      <c r="D37" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
+        <v>111</v>
+      </c>
+      <c r="C38" s="1" t="s">
         <v>112</v>
       </c>
-      <c r="C38" s="1" t="s">
+      <c r="D38" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
+        <v>114</v>
+      </c>
+      <c r="C39" s="1" t="s">
         <v>115</v>
       </c>
-      <c r="C39" s="1" t="s">
+      <c r="D39" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="C40" s="1"/>
       <c r="D40" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>