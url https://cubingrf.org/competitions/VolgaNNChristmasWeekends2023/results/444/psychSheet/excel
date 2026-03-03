--- v0 (2025-12-01)
+++ v1 (2026-03-03)
@@ -17,441 +17,441 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="444" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="133">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...11 lines deleted...]
-    <t>27.95</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Анатолий Туренко</t>
+  </si>
+  <si>
+    <t>26.51</t>
   </si>
   <si>
     <t>22.52</t>
   </si>
   <si>
-    <t>Dmitry Gundin</t>
+    <t>Славомил Волосков</t>
+  </si>
+  <si>
+    <t>27.77</t>
+  </si>
+  <si>
+    <t>24.07</t>
+  </si>
+  <si>
+    <t>Дмитрий Гундин</t>
   </si>
   <si>
     <t>28.54</t>
   </si>
   <si>
     <t>24.50</t>
   </si>
   <si>
-    <t>Mikhail Kharitonov</t>
+    <t>Михаил Харитонов</t>
   </si>
   <si>
     <t>29.01</t>
   </si>
   <si>
     <t>26.59</t>
   </si>
   <si>
-    <t>Slavomil Voloskov</t>
-[...8 lines deleted...]
-    <t>Andrey Panov</t>
+    <t>Андрей Панов</t>
   </si>
   <si>
     <t>29.49</t>
   </si>
   <si>
     <t>26.24</t>
   </si>
   <si>
-    <t>Grigoriy Barashkin</t>
+    <t>Григорий Барашкин</t>
   </si>
   <si>
     <t>32.30</t>
   </si>
   <si>
     <t>27.52</t>
   </si>
   <si>
-    <t>Dmitry Vasilyev</t>
+    <t>Дмитрий Васильев</t>
   </si>
   <si>
     <t>32.83</t>
   </si>
   <si>
     <t>28.74</t>
   </si>
   <si>
-    <t>Aleksandr Dokin</t>
+    <t>Александр Докин</t>
   </si>
   <si>
     <t>33.11</t>
   </si>
   <si>
     <t>27.22</t>
   </si>
   <si>
-    <t>Dmitry Nagirnyak</t>
+    <t>Дмитрий Нагирняк</t>
   </si>
   <si>
     <t>29.33</t>
   </si>
   <si>
-    <t>Roman Shilov</t>
+    <t>Екатерина Канева</t>
+  </si>
+  <si>
+    <t>33.96</t>
+  </si>
+  <si>
+    <t>29.15</t>
+  </si>
+  <si>
+    <t>Роман Шилов</t>
   </si>
   <si>
     <t>34.53</t>
   </si>
   <si>
     <t>31.25</t>
   </si>
   <si>
-    <t>Ekaterina Kaneva</t>
-[...8 lines deleted...]
-    <t>Andrey Sinitsyn</t>
+    <t>Андрей Синицын</t>
   </si>
   <si>
     <t>34.93</t>
   </si>
   <si>
     <t>31.39</t>
   </si>
   <si>
-    <t>Dmitrii Dusheiko</t>
+    <t>Дмитрий Душейко</t>
   </si>
   <si>
     <t>35.88</t>
   </si>
   <si>
     <t>27.83</t>
   </si>
   <si>
-    <t>Alexander Ermakov</t>
+    <t>Александр Ермаков</t>
   </si>
   <si>
     <t>36.21</t>
   </si>
   <si>
     <t>30.98</t>
   </si>
   <si>
-    <t>Daniil Tambovtsev</t>
+    <t>Даниил Тамбовцев</t>
   </si>
   <si>
     <t>36.27</t>
   </si>
   <si>
     <t>31.80</t>
   </si>
   <si>
-    <t>Lev Maslov</t>
+    <t>Лев Маслов</t>
   </si>
   <si>
     <t>36.89</t>
   </si>
   <si>
     <t>30.19</t>
   </si>
   <si>
-    <t>Bogdan Zemlianskii</t>
+    <t>Богдан Землянский</t>
   </si>
   <si>
     <t>37.72</t>
   </si>
   <si>
     <t>30.69</t>
   </si>
   <si>
-    <t>Artur Chechekhin</t>
+    <t>Артур Чечёхин</t>
   </si>
   <si>
     <t>39.47</t>
   </si>
   <si>
-    <t>32.28</t>
-[...2 lines deleted...]
-    <t>Osip Cheburashkin</t>
+    <t>36.28</t>
+  </si>
+  <si>
+    <t>Осип Чебурашкин</t>
   </si>
   <si>
     <t>40.10</t>
   </si>
   <si>
     <t>36.29</t>
   </si>
   <si>
-    <t>Dmitrii Saukov</t>
+    <t>Дмитрий Сауков</t>
   </si>
   <si>
     <t>40.49</t>
   </si>
   <si>
     <t>31.58</t>
   </si>
   <si>
-    <t>Sergey Mironchenkov</t>
+    <t>Сергей Миронченков</t>
   </si>
   <si>
     <t>43.60</t>
   </si>
   <si>
     <t>41.31</t>
   </si>
   <si>
-    <t>Nikita Platonov</t>
+    <t>Никита Платонов</t>
   </si>
   <si>
     <t>44.10</t>
   </si>
   <si>
     <t>34.37</t>
   </si>
   <si>
-    <t>Timofey Tyulpakov</t>
+    <t>Тимофей Тюльпаков</t>
   </si>
   <si>
     <t>46.43</t>
   </si>
   <si>
     <t>37.23</t>
   </si>
   <si>
-    <t>Aleksandra Lukianova</t>
+    <t>Александра Лукьянова</t>
   </si>
   <si>
     <t>46.68</t>
   </si>
   <si>
     <t>40.34</t>
   </si>
   <si>
-    <t>Arseniy Yotsyus</t>
+    <t>Арсений Йоцюс</t>
   </si>
   <si>
     <t>47.06</t>
   </si>
   <si>
     <t>42.11</t>
   </si>
   <si>
-    <t>Andrey Koposov</t>
+    <t>Андрей Копосов</t>
   </si>
   <si>
     <t>47.14</t>
   </si>
   <si>
     <t>39.73</t>
   </si>
   <si>
-    <t>Danila Shuvaev</t>
-[...5 lines deleted...]
-    <t>Ivan Kovalev</t>
+    <t>Данила Шуваев</t>
+  </si>
+  <si>
+    <t>48.58</t>
+  </si>
+  <si>
+    <t>41.11</t>
+  </si>
+  <si>
+    <t>Иван Ковалев</t>
   </si>
   <si>
     <t>48.90</t>
   </si>
   <si>
     <t>41.27</t>
   </si>
   <si>
-    <t>Vasilii Nikolashin</t>
+    <t>Василий Николашин</t>
   </si>
   <si>
     <t>49.55</t>
   </si>
   <si>
     <t>42.20</t>
   </si>
   <si>
-    <t>Vladimir Lebedev</t>
+    <t>Владимир Лебедев</t>
   </si>
   <si>
     <t>51.52</t>
   </si>
   <si>
     <t>44.23</t>
   </si>
   <si>
-    <t>Olga Yasakova</t>
+    <t>Ольга Ясакова</t>
   </si>
   <si>
     <t>52.41</t>
   </si>
   <si>
-    <t>44.66</t>
-[...2 lines deleted...]
-    <t>Agata Komekova</t>
+    <t>42.85</t>
+  </si>
+  <si>
+    <t>Агата Комекова</t>
   </si>
   <si>
     <t>55.92</t>
   </si>
   <si>
     <t>49.71</t>
   </si>
   <si>
-    <t>Nikolai Gomelchuk</t>
+    <t>Николай Гомельчук</t>
   </si>
   <si>
     <t>57.22</t>
   </si>
   <si>
     <t>50.26</t>
   </si>
   <si>
-    <t>Pavel Mishin</t>
-[...2 lines deleted...]
-    <t>58.37</t>
+    <t>Георгий Аветиков</t>
+  </si>
+  <si>
+    <t>59.22</t>
+  </si>
+  <si>
+    <t>52.20</t>
+  </si>
+  <si>
+    <t>Павел Мишин</t>
   </si>
   <si>
     <t>53.37</t>
   </si>
   <si>
-    <t>Georgii Avetikov</t>
-[...8 lines deleted...]
-    <t>Vera Gorina</t>
+    <t>Вера Горина</t>
   </si>
   <si>
     <t>1:00.40</t>
   </si>
   <si>
     <t>49.91</t>
   </si>
   <si>
-    <t>Egor Kasyuk</t>
+    <t>Егор Касюк</t>
   </si>
   <si>
     <t>1:07.76</t>
   </si>
   <si>
     <t>1:00.52</t>
   </si>
   <si>
-    <t>Alexander Katyukov</t>
+    <t>Александр Катюков</t>
   </si>
   <si>
     <t>1:08.62</t>
   </si>
   <si>
     <t>1:04.92</t>
   </si>
   <si>
-    <t>Yevgeniya Ilʹina</t>
+    <t>Евгения Ильина</t>
   </si>
   <si>
     <t>1:11.07</t>
   </si>
   <si>
     <t>54.91</t>
   </si>
   <si>
-    <t>Evgeniy Tkachev</t>
+    <t>Евгений Ткачёв</t>
   </si>
   <si>
     <t>1:19.37</t>
   </si>
   <si>
     <t>1:03.17</t>
   </si>
   <si>
-    <t>Fedor Khokhryakov</t>
+    <t>Фёдор Хохряков</t>
   </si>
   <si>
     <t>1:25.36</t>
   </si>
   <si>
     <t>1:14.23</t>
   </si>
   <si>
-    <t>Maksim Kalinin</t>
+    <t>Максим Калинин</t>
   </si>
   <si>
     <t>1:28.42</t>
   </si>
   <si>
     <t>1:20.49</t>
   </si>
   <si>
-    <t>Miroslav Lushin</t>
+    <t>Мирослав Лушин</t>
   </si>
   <si>
     <t>1:53.98</t>
   </si>
   <si>
     <t>1:43.15</t>
   </si>
   <si>
-    <t>Andrey Burmistrov</t>
+    <t>Андрей Бурмистров</t>
   </si>
   <si>
     <t>1:35.93</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -777,51 +777,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D45"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C45" sqref="C45"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
@@ -1171,160 +1171,160 @@
     <row r="27" spans="1:4">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
         <v>78</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>79</v>
       </c>
       <c r="D27" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
         <v>81</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>82</v>
       </c>
       <c r="D28" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D29" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D30" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D31" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="D32" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D33" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D34" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D35" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="D36" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
         <v>107</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>108</v>
       </c>
       <c r="D37" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
         <v>110</v>