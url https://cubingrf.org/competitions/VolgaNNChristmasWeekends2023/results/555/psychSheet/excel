--- v0 (2025-12-01)
+++ v1 (2026-01-15)
@@ -47,171 +47,171 @@
   <si>
     <t>Best</t>
   </si>
   <si>
     <t>Slavomil Voloskov</t>
   </si>
   <si>
     <t>50.67</t>
   </si>
   <si>
     <t>44.88</t>
   </si>
   <si>
     <t>Andrey Panov</t>
   </si>
   <si>
     <t>53.03</t>
   </si>
   <si>
     <t>48.87</t>
   </si>
   <si>
     <t>Anatolii Turenko</t>
   </si>
   <si>
-    <t>54.98</t>
-[...2 lines deleted...]
-    <t>46.39</t>
+    <t>54.02</t>
+  </si>
+  <si>
+    <t>46.09</t>
   </si>
   <si>
     <t>Dmitry Vasilyev</t>
   </si>
   <si>
     <t>55.24</t>
   </si>
   <si>
     <t>50.34</t>
   </si>
   <si>
+    <t>Ekaterina Kaneva</t>
+  </si>
+  <si>
+    <t>1:00.78</t>
+  </si>
+  <si>
+    <t>59.22</t>
+  </si>
+  <si>
     <t>Aleksandr Dokin</t>
   </si>
   <si>
     <t>1:01.12</t>
   </si>
   <si>
     <t>54.00</t>
   </si>
   <si>
     <t>Mikhail Kharitonov</t>
   </si>
   <si>
     <t>1:01.72</t>
   </si>
   <si>
     <t>57.37</t>
   </si>
   <si>
     <t>Roman Shilov</t>
   </si>
   <si>
     <t>1:03.07</t>
   </si>
   <si>
     <t>55.39</t>
   </si>
   <si>
     <t>Dmitrii Dusheiko</t>
   </si>
   <si>
     <t>1:04.46</t>
   </si>
   <si>
     <t>52.77</t>
   </si>
   <si>
     <t>Lev Maslov</t>
   </si>
   <si>
     <t>1:05.50</t>
   </si>
   <si>
     <t>59.74</t>
   </si>
   <si>
-    <t>Ekaterina Kaneva</t>
-[...7 lines deleted...]
-  <si>
     <t>Grigoriy Barashkin</t>
   </si>
   <si>
     <t>1:09.96</t>
   </si>
   <si>
     <t>1:00.22</t>
   </si>
   <si>
     <t>Daniil Tambovtsev</t>
   </si>
   <si>
     <t>1:10.82</t>
   </si>
   <si>
     <t>1:03.16</t>
   </si>
   <si>
     <t>Artur Chechekhin</t>
   </si>
   <si>
     <t>1:10.84</t>
   </si>
   <si>
     <t>1:03.37</t>
   </si>
   <si>
+    <t>Osip Cheburashkin</t>
+  </si>
+  <si>
+    <t>1:11.70</t>
+  </si>
+  <si>
+    <t>1:08.49</t>
+  </si>
+  <si>
     <t>Alexander Ermakov</t>
   </si>
   <si>
     <t>1:17.55</t>
   </si>
   <si>
     <t>1:07.61</t>
   </si>
   <si>
     <t>Dmitry Nagirnyak</t>
   </si>
   <si>
     <t>1:17.68</t>
   </si>
   <si>
     <t>1:11.67</t>
-  </si>
-[...7 lines deleted...]
-    <t>1:11.16</t>
   </si>
   <si>
     <t>Dmitrii Saukov</t>
   </si>
   <si>
     <t>1:22.06</t>
   </si>
   <si>
     <t>1:14.74</t>
   </si>
   <si>
     <t>Vladimir Lebedev</t>
   </si>
   <si>
     <t>1:24.73</t>
   </si>
   <si>
     <t>1:22.07</t>
   </si>
   <si>
     <t>Sergey Mironchenkov</t>
   </si>
   <si>
     <t>1:29.81</t>
   </si>