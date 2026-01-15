--- v1 (2026-01-15)
+++ v2 (2026-01-15)
@@ -17,324 +17,324 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="555" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="94">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Slavomil Voloskov</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Славомил Волосков</t>
   </si>
   <si>
     <t>50.67</t>
   </si>
   <si>
     <t>44.88</t>
   </si>
   <si>
-    <t>Andrey Panov</t>
+    <t>Андрей Панов</t>
   </si>
   <si>
     <t>53.03</t>
   </si>
   <si>
     <t>48.87</t>
   </si>
   <si>
-    <t>Anatolii Turenko</t>
+    <t>Анатолий Туренко</t>
   </si>
   <si>
     <t>54.02</t>
   </si>
   <si>
     <t>46.09</t>
   </si>
   <si>
-    <t>Dmitry Vasilyev</t>
+    <t>Дмитрий Васильев</t>
   </si>
   <si>
     <t>55.24</t>
   </si>
   <si>
     <t>50.34</t>
   </si>
   <si>
-    <t>Ekaterina Kaneva</t>
+    <t>Екатерина Канева</t>
   </si>
   <si>
     <t>1:00.78</t>
   </si>
   <si>
     <t>59.22</t>
   </si>
   <si>
-    <t>Aleksandr Dokin</t>
+    <t>Александр Докин</t>
   </si>
   <si>
     <t>1:01.12</t>
   </si>
   <si>
     <t>54.00</t>
   </si>
   <si>
-    <t>Mikhail Kharitonov</t>
+    <t>Михаил Харитонов</t>
   </si>
   <si>
     <t>1:01.72</t>
   </si>
   <si>
     <t>57.37</t>
   </si>
   <si>
-    <t>Roman Shilov</t>
+    <t>Роман Шилов</t>
   </si>
   <si>
     <t>1:03.07</t>
   </si>
   <si>
     <t>55.39</t>
   </si>
   <si>
-    <t>Dmitrii Dusheiko</t>
+    <t>Дмитрий Душейко</t>
   </si>
   <si>
     <t>1:04.46</t>
   </si>
   <si>
     <t>52.77</t>
   </si>
   <si>
-    <t>Lev Maslov</t>
+    <t>Лев Маслов</t>
   </si>
   <si>
     <t>1:05.50</t>
   </si>
   <si>
     <t>59.74</t>
   </si>
   <si>
-    <t>Grigoriy Barashkin</t>
+    <t>Григорий Барашкин</t>
   </si>
   <si>
     <t>1:09.96</t>
   </si>
   <si>
     <t>1:00.22</t>
   </si>
   <si>
-    <t>Daniil Tambovtsev</t>
+    <t>Даниил Тамбовцев</t>
   </si>
   <si>
     <t>1:10.82</t>
   </si>
   <si>
     <t>1:03.16</t>
   </si>
   <si>
-    <t>Artur Chechekhin</t>
+    <t>Артур Чечёхин</t>
   </si>
   <si>
     <t>1:10.84</t>
   </si>
   <si>
     <t>1:03.37</t>
   </si>
   <si>
-    <t>Osip Cheburashkin</t>
+    <t>Осип Чебурашкин</t>
   </si>
   <si>
     <t>1:11.70</t>
   </si>
   <si>
     <t>1:08.49</t>
   </si>
   <si>
-    <t>Alexander Ermakov</t>
+    <t>Александр Ермаков</t>
   </si>
   <si>
     <t>1:17.55</t>
   </si>
   <si>
     <t>1:07.61</t>
   </si>
   <si>
-    <t>Dmitry Nagirnyak</t>
+    <t>Дмитрий Нагирняк</t>
   </si>
   <si>
     <t>1:17.68</t>
   </si>
   <si>
     <t>1:11.67</t>
   </si>
   <si>
-    <t>Dmitrii Saukov</t>
+    <t>Дмитрий Сауков</t>
   </si>
   <si>
     <t>1:22.06</t>
   </si>
   <si>
     <t>1:14.74</t>
   </si>
   <si>
-    <t>Vladimir Lebedev</t>
+    <t>Владимир Лебедев</t>
   </si>
   <si>
     <t>1:24.73</t>
   </si>
   <si>
     <t>1:22.07</t>
   </si>
   <si>
-    <t>Sergey Mironchenkov</t>
+    <t>Сергей Миронченков</t>
   </si>
   <si>
     <t>1:29.81</t>
   </si>
   <si>
     <t>1:21.80</t>
   </si>
   <si>
-    <t>Bogdan Zemlianskii</t>
+    <t>Богдан Землянский</t>
   </si>
   <si>
     <t>1:30.94</t>
   </si>
   <si>
     <t>1:17.90</t>
   </si>
   <si>
-    <t>Olga Yasakova</t>
+    <t>Ольга Ясакова</t>
   </si>
   <si>
     <t>1:30.99</t>
   </si>
   <si>
     <t>1:15.87</t>
   </si>
   <si>
-    <t>Arseniy Yotsyus</t>
+    <t>Арсений Йоцюс</t>
   </si>
   <si>
     <t>1:32.31</t>
   </si>
   <si>
-    <t>Aleksandra Lukianova</t>
+    <t>Александра Лукьянова</t>
   </si>
   <si>
     <t>1:43.81</t>
   </si>
   <si>
     <t>1:31.12</t>
   </si>
   <si>
-    <t>Ivan Kovalev</t>
+    <t>Иван Ковалев</t>
   </si>
   <si>
     <t>1:45.30</t>
   </si>
   <si>
     <t>1:35.69</t>
   </si>
   <si>
-    <t>Timofey Tyulpakov</t>
+    <t>Тимофей Тюльпаков</t>
   </si>
   <si>
     <t>1:47.02</t>
   </si>
   <si>
     <t>1:44.71</t>
   </si>
   <si>
-    <t>Nikolai Gomelchuk</t>
+    <t>Николай Гомельчук</t>
   </si>
   <si>
     <t>1:49.51</t>
   </si>
   <si>
     <t>1:36.17</t>
   </si>
   <si>
-    <t>Vasilii Nikolashin</t>
+    <t>Василий Николашин</t>
   </si>
   <si>
     <t>1:53.16</t>
   </si>
   <si>
     <t>1:46.27</t>
   </si>
   <si>
-    <t>Georgii Avetikov</t>
+    <t>Георгий Аветиков</t>
   </si>
   <si>
     <t>2:06.75</t>
   </si>
   <si>
     <t>1:55.63</t>
   </si>
   <si>
-    <t>Egor Kasyuk</t>
+    <t>Егор Касюк</t>
   </si>
   <si>
     <t>2:37.70</t>
   </si>
   <si>
     <t>2:20.05</t>
   </si>
   <si>
-    <t>Pavel Mishin</t>
+    <t>Павел Мишин</t>
   </si>
   <si>
     <t>2:22.61</t>
   </si>
   <si>
-    <t>Andrey Burmistrov</t>
+    <t>Андрей Бурмистров</t>
   </si>
   <si>
     <t>2:52.79</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -660,51 +660,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D32"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C32" sqref="C32"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>