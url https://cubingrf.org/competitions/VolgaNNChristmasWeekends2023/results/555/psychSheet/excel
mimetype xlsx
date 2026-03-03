--- v2 (2026-01-15)
+++ v3 (2026-03-03)
@@ -35,84 +35,84 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="94">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Славомил Волосков</t>
   </si>
   <si>
     <t>50.67</t>
   </si>
   <si>
     <t>44.88</t>
   </si>
   <si>
+    <t>Анатолий Туренко</t>
+  </si>
+  <si>
+    <t>52.82</t>
+  </si>
+  <si>
+    <t>46.09</t>
+  </si>
+  <si>
     <t>Андрей Панов</t>
   </si>
   <si>
     <t>53.03</t>
   </si>
   <si>
     <t>48.87</t>
   </si>
   <si>
-    <t>Анатолий Туренко</t>
-[...7 lines deleted...]
-  <si>
     <t>Дмитрий Васильев</t>
   </si>
   <si>
     <t>55.24</t>
   </si>
   <si>
     <t>50.34</t>
   </si>
   <si>
     <t>Екатерина Канева</t>
   </si>
   <si>
     <t>1:00.78</t>
   </si>
   <si>
-    <t>59.22</t>
+    <t>58.17</t>
   </si>
   <si>
     <t>Александр Докин</t>
   </si>
   <si>
     <t>1:01.12</t>
   </si>
   <si>
     <t>54.00</t>
   </si>
   <si>
     <t>Михаил Харитонов</t>
   </si>
   <si>
     <t>1:01.72</t>
   </si>
   <si>
     <t>57.37</t>
   </si>
   <si>
     <t>Роман Шилов</t>
   </si>
   <si>
     <t>1:03.07</t>
   </si>
@@ -188,77 +188,77 @@
   <si>
     <t>1:17.68</t>
   </si>
   <si>
     <t>1:11.67</t>
   </si>
   <si>
     <t>Дмитрий Сауков</t>
   </si>
   <si>
     <t>1:22.06</t>
   </si>
   <si>
     <t>1:14.74</t>
   </si>
   <si>
     <t>Владимир Лебедев</t>
   </si>
   <si>
     <t>1:24.73</t>
   </si>
   <si>
     <t>1:22.07</t>
   </si>
   <si>
+    <t>Ольга Ясакова</t>
+  </si>
+  <si>
+    <t>1:29.76</t>
+  </si>
+  <si>
+    <t>1:15.87</t>
+  </si>
+  <si>
     <t>Сергей Миронченков</t>
   </si>
   <si>
     <t>1:29.81</t>
   </si>
   <si>
     <t>1:21.80</t>
   </si>
   <si>
     <t>Богдан Землянский</t>
   </si>
   <si>
     <t>1:30.94</t>
   </si>
   <si>
     <t>1:17.90</t>
   </si>
   <si>
-    <t>Ольга Ясакова</t>
-[...7 lines deleted...]
-  <si>
     <t>Арсений Йоцюс</t>
   </si>
   <si>
     <t>1:32.31</t>
   </si>
   <si>
     <t>Александра Лукьянова</t>
   </si>
   <si>
     <t>1:43.81</t>
   </si>
   <si>
     <t>1:31.12</t>
   </si>
   <si>
     <t>Иван Ковалев</t>
   </si>
   <si>
     <t>1:45.30</t>
   </si>
   <si>
     <t>1:35.69</t>
   </si>
   <si>
     <t>Тимофей Тюльпаков</t>
@@ -287,51 +287,51 @@
   <si>
     <t>1:46.27</t>
   </si>
   <si>
     <t>Георгий Аветиков</t>
   </si>
   <si>
     <t>2:06.75</t>
   </si>
   <si>
     <t>1:55.63</t>
   </si>
   <si>
     <t>Егор Касюк</t>
   </si>
   <si>
     <t>2:37.70</t>
   </si>
   <si>
     <t>2:20.05</t>
   </si>
   <si>
     <t>Павел Мишин</t>
   </si>
   <si>
-    <t>2:22.61</t>
+    <t>2:35.62</t>
   </si>
   <si>
     <t>Андрей Бурмистров</t>
   </si>
   <si>
     <t>2:52.79</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
@@ -984,51 +984,51 @@
     <row r="22" spans="1:4">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
         <v>64</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>65</v>
       </c>
       <c r="D22" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
         <v>67</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>68</v>
       </c>
       <c r="D23" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
         <v>69</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>70</v>
       </c>
       <c r="D24" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
         <v>72</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>73</v>