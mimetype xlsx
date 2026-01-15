--- v0 (2025-12-01)
+++ v1 (2026-01-15)
@@ -17,168 +17,168 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="777" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Slavomil Voloskov</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Славомил Волосков</t>
   </si>
   <si>
     <t>2:24.68</t>
   </si>
   <si>
     <t>2:18.94</t>
   </si>
   <si>
-    <t>Aleksandr Dokin</t>
+    <t>Александр Докин</t>
   </si>
   <si>
     <t>2:48.54</t>
   </si>
   <si>
     <t>2:37.94</t>
   </si>
   <si>
-    <t>Andrey Panov</t>
+    <t>Андрей Панов</t>
   </si>
   <si>
     <t>2:52.15</t>
   </si>
   <si>
     <t>2:42.87</t>
   </si>
   <si>
-    <t>Lev Maslov</t>
+    <t>Лев Маслов</t>
   </si>
   <si>
     <t>2:55.00</t>
   </si>
   <si>
     <t>2:46.59</t>
   </si>
   <si>
-    <t>Roman Shilov</t>
+    <t>Роман Шилов</t>
   </si>
   <si>
     <t>2:55.10</t>
   </si>
   <si>
     <t>2:51.70</t>
   </si>
   <si>
-    <t>Dmitrii Dusheiko</t>
+    <t>Дмитрий Душейко</t>
   </si>
   <si>
     <t>2:56.07</t>
   </si>
   <si>
     <t>2:46.81</t>
   </si>
   <si>
-    <t>Ekaterina Kaneva</t>
-[...2 lines deleted...]
-    <t>3:15.57</t>
+    <t>Екатерина Канева</t>
+  </si>
+  <si>
+    <t>3:10.59</t>
   </si>
   <si>
     <t>3:01.48</t>
   </si>
   <si>
-    <t>Anatolii Turenko</t>
+    <t>Анатолий Туренко</t>
   </si>
   <si>
     <t>3:27.96</t>
   </si>
   <si>
     <t>3:18.36</t>
   </si>
   <si>
-    <t>Osip Cheburashkin</t>
+    <t>Осип Чебурашкин</t>
   </si>
   <si>
     <t>3:42.79</t>
   </si>
   <si>
     <t>3:35.39</t>
   </si>
   <si>
-    <t>Artur Chechekhin</t>
+    <t>Артур Чечёхин</t>
   </si>
   <si>
     <t>3:57.75</t>
   </si>
   <si>
     <t>3:40.17</t>
   </si>
   <si>
-    <t>Mikhail Kharitonov</t>
+    <t>Михаил Харитонов</t>
   </si>
   <si>
     <t>4:09.82</t>
   </si>
   <si>
     <t>4:02.15</t>
   </si>
   <si>
-    <t>Olga Yasakova</t>
+    <t>Ольга Ясакова</t>
   </si>
   <si>
     <t>4:13.42</t>
   </si>
   <si>
     <t>4:04.32</t>
   </si>
   <si>
-    <t>Alexander Ermakov</t>
+    <t>Александр Ермаков</t>
   </si>
   <si>
     <t>4:24.22</t>
   </si>
   <si>
     <t>4:02.08</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
@@ -507,51 +507,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C14" sqref="C14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>