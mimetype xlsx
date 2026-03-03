--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -32,150 +32,150 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Славомил Волосков</t>
   </si>
   <si>
     <t>2:24.68</t>
   </si>
   <si>
-    <t>2:18.94</t>
+    <t>2:16.59</t>
+  </si>
+  <si>
+    <t>Андрей Панов</t>
+  </si>
+  <si>
+    <t>2:36.80</t>
+  </si>
+  <si>
+    <t>2:25.69</t>
   </si>
   <si>
     <t>Александр Докин</t>
   </si>
   <si>
     <t>2:48.54</t>
   </si>
   <si>
     <t>2:37.94</t>
   </si>
   <si>
-    <t>Андрей Панов</t>
-[...7 lines deleted...]
-  <si>
     <t>Лев Маслов</t>
   </si>
   <si>
     <t>2:55.00</t>
   </si>
   <si>
-    <t>2:46.59</t>
+    <t>2:45.19</t>
   </si>
   <si>
     <t>Роман Шилов</t>
   </si>
   <si>
     <t>2:55.10</t>
   </si>
   <si>
     <t>2:51.70</t>
   </si>
   <si>
     <t>Дмитрий Душейко</t>
   </si>
   <si>
     <t>2:56.07</t>
   </si>
   <si>
     <t>2:46.81</t>
   </si>
   <si>
     <t>Екатерина Канева</t>
   </si>
   <si>
-    <t>3:10.59</t>
-[...2 lines deleted...]
-    <t>3:01.48</t>
+    <t>3:09.23</t>
+  </si>
+  <si>
+    <t>2:59.24</t>
   </si>
   <si>
     <t>Анатолий Туренко</t>
   </si>
   <si>
     <t>3:27.96</t>
   </si>
   <si>
-    <t>3:18.36</t>
+    <t>3:21.63</t>
   </si>
   <si>
     <t>Осип Чебурашкин</t>
   </si>
   <si>
     <t>3:42.79</t>
   </si>
   <si>
     <t>3:35.39</t>
   </si>
   <si>
     <t>Артур Чечёхин</t>
   </si>
   <si>
     <t>3:57.75</t>
   </si>
   <si>
     <t>3:40.17</t>
   </si>
   <si>
     <t>Михаил Харитонов</t>
   </si>
   <si>
     <t>4:09.82</t>
   </si>
   <si>
     <t>4:02.15</t>
   </si>
   <si>
     <t>Ольга Ясакова</t>
   </si>
   <si>
-    <t>4:13.42</t>
-[...2 lines deleted...]
-    <t>4:04.32</t>
+    <t>4:18.15</t>
+  </si>
+  <si>
+    <t>4:07.24</t>
   </si>
   <si>
     <t>Александр Ермаков</t>
   </si>
   <si>
     <t>4:24.22</t>
   </si>
   <si>
     <t>4:02.08</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>