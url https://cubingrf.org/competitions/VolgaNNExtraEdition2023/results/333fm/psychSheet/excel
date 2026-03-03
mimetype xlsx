--- v0 (2025-11-30)
+++ v1 (2026-03-03)
@@ -12,131 +12,134 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="333fm" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="28">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="29">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Nikita Popkov</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Никита Попков</t>
   </si>
   <si>
     <t>24.00</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>Ilya Nazarov</t>
+    <t>Илья Назаров</t>
   </si>
   <si>
     <t>29.00</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>Nikolai Masson</t>
+    <t>Николай Массон</t>
   </si>
   <si>
     <t>31.00</t>
   </si>
   <si>
+    <t>29</t>
+  </si>
+  <si>
+    <t>Ольга Ясакова</t>
+  </si>
+  <si>
+    <t>37.00</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>Лев Маслов</t>
+  </si>
+  <si>
+    <t>37.67</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>Артур Чечёхин</t>
+  </si>
+  <si>
+    <t>38.67</t>
+  </si>
+  <si>
     <t>26</t>
   </si>
   <si>
-    <t>Olga Yasakova</t>
-[...23 lines deleted...]
-    <t>Philipp Radinskiy</t>
+    <t>Филипп Радинский</t>
   </si>
   <si>
     <t>54.67</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>Dmitrii Dusheiko</t>
+    <t>Дмитрий Душейко</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>Yevgeniya Ilʹina</t>
+    <t>Евгения Ильина</t>
   </si>
   <si>
     <t>57</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -462,53 +465,53 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C10" sqref="C10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="2.285" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
@@ -562,89 +565,89 @@
     <row r="6" spans="1:4">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>16</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>17</v>
       </c>
       <c r="D6" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>19</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D8" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>