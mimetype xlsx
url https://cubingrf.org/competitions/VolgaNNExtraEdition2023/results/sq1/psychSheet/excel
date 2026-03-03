--- v0 (2026-01-15)
+++ v1 (2026-03-03)
@@ -32,120 +32,120 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="31">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Никита Попков</t>
   </si>
   <si>
     <t>9.82</t>
   </si>
   <si>
-    <t>6.16</t>
+    <t>6.81</t>
   </si>
   <si>
     <t>Илья Назаров</t>
   </si>
   <si>
     <t>11.42</t>
   </si>
   <si>
     <t>7.76</t>
   </si>
   <si>
     <t>Владислав Шуршилин</t>
   </si>
   <si>
     <t>13.79</t>
   </si>
   <si>
-    <t>11.46</t>
+    <t>11.24</t>
   </si>
   <si>
     <t>Андрей Синицын</t>
   </si>
   <si>
     <t>17.30</t>
   </si>
   <si>
     <t>12.71</t>
   </si>
   <si>
     <t>Ольга Ясакова</t>
   </si>
   <si>
     <t>21.97</t>
   </si>
   <si>
-    <t>15.81</t>
+    <t>14.46</t>
   </si>
   <si>
     <t>Полина Лаптева</t>
   </si>
   <si>
     <t>25.81</t>
   </si>
   <si>
     <t>17.60</t>
   </si>
   <si>
     <t>Арсений Боровков</t>
   </si>
   <si>
     <t>37.82</t>
   </si>
   <si>
     <t>32.80</t>
   </si>
   <si>
     <t>Филипп Радинский</t>
   </si>
   <si>
     <t>42.13</t>
   </si>
   <si>
     <t>36.48</t>
   </si>
   <si>
     <t>Сергей Миронченков</t>
   </si>
   <si>
-    <t>43.49</t>
+    <t>50.66</t>
   </si>
   <si>
     <t>26.52</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>