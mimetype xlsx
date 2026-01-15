--- v0 (2025-12-01)
+++ v1 (2026-01-15)
@@ -221,51 +221,51 @@
   <si>
     <t>Виталий Наместников</t>
   </si>
   <si>
     <t>10.48</t>
   </si>
   <si>
     <t>7.70</t>
   </si>
   <si>
     <t>Артур Чечёхин</t>
   </si>
   <si>
     <t>10.62</t>
   </si>
   <si>
     <t>7.85</t>
   </si>
   <si>
     <t>Платон Кабаков</t>
   </si>
   <si>
     <t>10.65</t>
   </si>
   <si>
-    <t>8.12</t>
+    <t>8.11</t>
   </si>
   <si>
     <t>Сергей Марьин</t>
   </si>
   <si>
     <t>10.68</t>
   </si>
   <si>
     <t>8.75</t>
   </si>
   <si>
     <t>Никита Брылин</t>
   </si>
   <si>
     <t>11.06</t>
   </si>
   <si>
     <t>9.69</t>
   </si>
   <si>
     <t>Андрей Жуков</t>
   </si>
   <si>
     <t>11.11</t>
   </si>
@@ -389,51 +389,51 @@
   <si>
     <t>Семён Рудик</t>
   </si>
   <si>
     <t>14.10</t>
   </si>
   <si>
     <t>10.23</t>
   </si>
   <si>
     <t>Ольга Фёдорова</t>
   </si>
   <si>
     <t>14.11</t>
   </si>
   <si>
     <t>11.65</t>
   </si>
   <si>
     <t>Александр Минко</t>
   </si>
   <si>
     <t>14.22</t>
   </si>
   <si>
-    <t>12.14</t>
+    <t>12.03</t>
   </si>
   <si>
     <t>Максим Чечнев</t>
   </si>
   <si>
     <t>14.32</t>
   </si>
   <si>
     <t>11.91</t>
   </si>
   <si>
     <t>Никита Михеев</t>
   </si>
   <si>
     <t>14.71</t>
   </si>
   <si>
     <t>13.24</t>
   </si>
   <si>
     <t>Илья Гусев</t>
   </si>
   <si>
     <t>15.09</t>
   </si>