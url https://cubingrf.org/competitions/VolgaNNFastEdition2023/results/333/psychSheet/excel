--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -12,154 +12,154 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="333" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="229">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="231">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Дмитрий Гундин</t>
   </si>
   <si>
     <t>6.26</t>
   </si>
   <si>
     <t>5.04</t>
   </si>
   <si>
     <t>Анатолий Туренко</t>
   </si>
   <si>
-    <t>6.66</t>
+    <t>6.55</t>
   </si>
   <si>
     <t>4.99</t>
   </si>
   <si>
     <t>Григорий Барашкин</t>
   </si>
   <si>
     <t>7.75</t>
   </si>
   <si>
     <t>6.15</t>
   </si>
   <si>
+    <t>Екатерина Канева</t>
+  </si>
+  <si>
+    <t>7.93</t>
+  </si>
+  <si>
+    <t>6.60</t>
+  </si>
+  <si>
     <t>Арсений Боровков</t>
   </si>
   <si>
-    <t>7.83</t>
+    <t>7.98</t>
   </si>
   <si>
     <t>6.06</t>
   </si>
   <si>
-    <t>Екатерина Канева</t>
-[...7 lines deleted...]
-  <si>
     <t>Арсений Павлов</t>
   </si>
   <si>
     <t>8.00</t>
   </si>
   <si>
     <t>6.10</t>
   </si>
   <si>
     <t>Полина Лаптева</t>
   </si>
   <si>
     <t>8.23</t>
   </si>
   <si>
     <t>6.24</t>
   </si>
   <si>
+    <t>Владислав Шуршилин</t>
+  </si>
+  <si>
+    <t>8.60</t>
+  </si>
+  <si>
+    <t>7.20</t>
+  </si>
+  <si>
+    <t>Иван Олейников</t>
+  </si>
+  <si>
+    <t>8.65</t>
+  </si>
+  <si>
+    <t>6.94</t>
+  </si>
+  <si>
     <t>Николай Массон</t>
   </si>
   <si>
-    <t>8.57</t>
+    <t>8.66</t>
   </si>
   <si>
     <t>6.36</t>
   </si>
   <si>
-    <t>Владислав Шуршилин</t>
-[...16 lines deleted...]
-  <si>
     <t>Юрий Рякин</t>
   </si>
   <si>
     <t>8.73</t>
   </si>
   <si>
     <t>6.77</t>
   </si>
   <si>
     <t>Даниил Тамбовцев</t>
   </si>
   <si>
     <t>9.10</t>
   </si>
   <si>
     <t>7.12</t>
   </si>
   <si>
     <t>Александр Ермаков</t>
   </si>
   <si>
     <t>9.16</t>
   </si>
   <si>
     <t>7.33</t>
@@ -170,510 +170,516 @@
   <si>
     <t>9.18</t>
   </si>
   <si>
     <t>7.63</t>
   </si>
   <si>
     <t>Карина Шамова</t>
   </si>
   <si>
     <t>9.76</t>
   </si>
   <si>
     <t>7.64</t>
   </si>
   <si>
     <t>Максим Дейч</t>
   </si>
   <si>
     <t>10.01</t>
   </si>
   <si>
     <t>8.46</t>
   </si>
   <si>
+    <t>Платон Кабаков</t>
+  </si>
+  <si>
+    <t>10.18</t>
+  </si>
+  <si>
+    <t>8.11</t>
+  </si>
+  <si>
     <t>Руслан Романенко</t>
   </si>
   <si>
-    <t>10.06</t>
-[...2 lines deleted...]
-    <t>7.47</t>
+    <t>10.26</t>
+  </si>
+  <si>
+    <t>8.33</t>
+  </si>
+  <si>
+    <t>Анастасия Майкова</t>
+  </si>
+  <si>
+    <t>10.33</t>
+  </si>
+  <si>
+    <t>7.91</t>
   </si>
   <si>
     <t>Иван Стрешинский</t>
   </si>
   <si>
-    <t>10.10</t>
+    <t>10.38</t>
   </si>
   <si>
     <t>8.10</t>
   </si>
   <si>
-    <t>Анастасия Майкова</t>
-[...7 lines deleted...]
-  <si>
     <t>Виталий Наместников</t>
   </si>
   <si>
     <t>10.48</t>
   </si>
   <si>
     <t>7.70</t>
   </si>
   <si>
     <t>Артур Чечёхин</t>
   </si>
   <si>
     <t>10.62</t>
   </si>
   <si>
     <t>7.85</t>
   </si>
   <si>
-    <t>Платон Кабаков</t>
-[...7 lines deleted...]
-  <si>
     <t>Сергей Марьин</t>
   </si>
   <si>
     <t>10.68</t>
   </si>
   <si>
-    <t>8.75</t>
+    <t>9.45</t>
   </si>
   <si>
     <t>Никита Брылин</t>
   </si>
   <si>
     <t>11.06</t>
   </si>
   <si>
     <t>9.69</t>
   </si>
   <si>
     <t>Андрей Жуков</t>
   </si>
   <si>
     <t>11.11</t>
   </si>
   <si>
-    <t>8.62</t>
+    <t>9.51</t>
   </si>
   <si>
     <t>Олег Демчук</t>
   </si>
   <si>
     <t>11.13</t>
   </si>
   <si>
     <t>8.94</t>
   </si>
   <si>
     <t>Павел Мишин</t>
   </si>
   <si>
     <t>9.46</t>
   </si>
   <si>
     <t>Иларион Камардин</t>
   </si>
   <si>
     <t>11.42</t>
   </si>
   <si>
     <t>9.73</t>
   </si>
   <si>
+    <t>Василий Николашин</t>
+  </si>
+  <si>
+    <t>11.73</t>
+  </si>
+  <si>
+    <t>9.58</t>
+  </si>
+  <si>
+    <t>Алексей Корицкий</t>
+  </si>
+  <si>
+    <t>11.76</t>
+  </si>
+  <si>
+    <t>9.09</t>
+  </si>
+  <si>
+    <t>Сергей Миронченков</t>
+  </si>
+  <si>
+    <t>11.92</t>
+  </si>
+  <si>
+    <t>8.29</t>
+  </si>
+  <si>
     <t>Данила Шуваев</t>
   </si>
   <si>
-    <t>11.66</t>
+    <t>11.98</t>
   </si>
   <si>
     <t>9.60</t>
   </si>
   <si>
-    <t>Василий Николашин</t>
-[...25 lines deleted...]
-  <si>
     <t>Дарья Елисеева</t>
   </si>
   <si>
     <t>12.77</t>
   </si>
   <si>
     <t>9.84</t>
   </si>
   <si>
     <t>Иван Сидоренко</t>
   </si>
   <si>
     <t>12.87</t>
   </si>
   <si>
     <t>9.78</t>
   </si>
   <si>
     <t>Олег Коровин</t>
   </si>
   <si>
     <t>13.33</t>
   </si>
   <si>
     <t>11.25</t>
   </si>
   <si>
     <t>Лука Лукаш</t>
   </si>
   <si>
     <t>13.63</t>
   </si>
   <si>
     <t>11.05</t>
   </si>
   <si>
+    <t>Александр Минко</t>
+  </si>
+  <si>
+    <t>13.88</t>
+  </si>
+  <si>
+    <t>11.95</t>
+  </si>
+  <si>
     <t>Вера Горина</t>
   </si>
   <si>
     <t>14.08</t>
   </si>
   <si>
     <t>12.43</t>
   </si>
   <si>
+    <t>Семён Рудик</t>
+  </si>
+  <si>
+    <t>14.10</t>
+  </si>
+  <si>
+    <t>10.23</t>
+  </si>
+  <si>
+    <t>Ольга Фёдорова</t>
+  </si>
+  <si>
+    <t>14.11</t>
+  </si>
+  <si>
+    <t>11.65</t>
+  </si>
+  <si>
+    <t>Максим Чечнев</t>
+  </si>
+  <si>
+    <t>14.32</t>
+  </si>
+  <si>
+    <t>11.97</t>
+  </si>
+  <si>
+    <t>Никита Михеев</t>
+  </si>
+  <si>
+    <t>14.71</t>
+  </si>
+  <si>
+    <t>13.24</t>
+  </si>
+  <si>
+    <t>Илья Гусев</t>
+  </si>
+  <si>
+    <t>15.09</t>
+  </si>
+  <si>
+    <t>12.90</t>
+  </si>
+  <si>
+    <t>Александр Катюков</t>
+  </si>
+  <si>
+    <t>15.16</t>
+  </si>
+  <si>
+    <t>12.84</t>
+  </si>
+  <si>
+    <t>Богдан Кашин</t>
+  </si>
+  <si>
+    <t>15.37</t>
+  </si>
+  <si>
+    <t>12.83</t>
+  </si>
+  <si>
+    <t>Евгения Ильина</t>
+  </si>
+  <si>
+    <t>15.64</t>
+  </si>
+  <si>
+    <t>13.06</t>
+  </si>
+  <si>
+    <t>Владимир Щеглов</t>
+  </si>
+  <si>
+    <t>16.40</t>
+  </si>
+  <si>
+    <t>12.66</t>
+  </si>
+  <si>
+    <t>Марк Мирук</t>
+  </si>
+  <si>
+    <t>17.60</t>
+  </si>
+  <si>
+    <t>Габриэлла Ивахницкая</t>
+  </si>
+  <si>
+    <t>18.14</t>
+  </si>
+  <si>
+    <t>Марина Щукина</t>
+  </si>
+  <si>
+    <t>18.72</t>
+  </si>
+  <si>
+    <t>14.22</t>
+  </si>
+  <si>
+    <t>Пётр Юнин</t>
+  </si>
+  <si>
+    <t>20.15</t>
+  </si>
+  <si>
+    <t>15.31</t>
+  </si>
+  <si>
+    <t>Андрей Терехов</t>
+  </si>
+  <si>
+    <t>20.25</t>
+  </si>
+  <si>
+    <t>16.18</t>
+  </si>
+  <si>
+    <t>Алексей Гундин</t>
+  </si>
+  <si>
+    <t>20.27</t>
+  </si>
+  <si>
+    <t>14.14</t>
+  </si>
+  <si>
+    <t>Кирилл Серафимов</t>
+  </si>
+  <si>
+    <t>23.04</t>
+  </si>
+  <si>
+    <t>19.14</t>
+  </si>
+  <si>
+    <t>Алексей Мартыненко</t>
+  </si>
+  <si>
+    <t>23.18</t>
+  </si>
+  <si>
+    <t>19.66</t>
+  </si>
+  <si>
+    <t>Александр Бурков</t>
+  </si>
+  <si>
+    <t>23.33</t>
+  </si>
+  <si>
+    <t>18.76</t>
+  </si>
+  <si>
     <t>Денис Ким</t>
   </si>
   <si>
-    <t>14.09</t>
-[...95 lines deleted...]
-    <t>17.60</t>
+    <t>24.05</t>
+  </si>
+  <si>
+    <t>21.27</t>
+  </si>
+  <si>
+    <t>Александр Горбунов</t>
+  </si>
+  <si>
+    <t>24.19</t>
+  </si>
+  <si>
+    <t>19.03</t>
+  </si>
+  <si>
+    <t>Егор Жогин</t>
+  </si>
+  <si>
+    <t>24.65</t>
+  </si>
+  <si>
+    <t>19.95</t>
+  </si>
+  <si>
+    <t>Александр Говорков</t>
+  </si>
+  <si>
+    <t>25.23</t>
+  </si>
+  <si>
+    <t>21.39</t>
+  </si>
+  <si>
+    <t>Дмитрий Гречин</t>
+  </si>
+  <si>
+    <t>27.06</t>
+  </si>
+  <si>
+    <t>25.59</t>
+  </si>
+  <si>
+    <t>Аркадий Ушмодин</t>
+  </si>
+  <si>
+    <t>27.44</t>
+  </si>
+  <si>
+    <t>23.47</t>
+  </si>
+  <si>
+    <t>Егор Толстобров</t>
+  </si>
+  <si>
+    <t>27.51</t>
+  </si>
+  <si>
+    <t>25.13</t>
+  </si>
+  <si>
+    <t>Иван Никулин</t>
+  </si>
+  <si>
+    <t>30.23</t>
+  </si>
+  <si>
+    <t>28.88</t>
+  </si>
+  <si>
+    <t>Михаил Лосев</t>
+  </si>
+  <si>
+    <t>30.67</t>
+  </si>
+  <si>
+    <t>24.49</t>
+  </si>
+  <si>
+    <t>Максим Воркунов</t>
+  </si>
+  <si>
+    <t>30.92</t>
+  </si>
+  <si>
+    <t>24.83</t>
+  </si>
+  <si>
+    <t>Андрей Артеменко</t>
+  </si>
+  <si>
+    <t>33.58</t>
+  </si>
+  <si>
+    <t>25.24</t>
+  </si>
+  <si>
+    <t>Михаил Любин</t>
+  </si>
+  <si>
+    <t>37.21</t>
+  </si>
+  <si>
+    <t>29.21</t>
   </si>
   <si>
     <t>Роман Кузьмин</t>
   </si>
   <si>
-    <t>17.61</t>
-[...167 lines deleted...]
-    <t>29.21</t>
+    <t>38.72</t>
+  </si>
+  <si>
+    <t>26.50</t>
   </si>
   <si>
     <t>Михаил Силкин</t>
   </si>
   <si>
     <t>45.33</t>
   </si>
   <si>
     <t>33.37</t>
   </si>
   <si>
     <t>Тихон Тушканов</t>
   </si>
   <si>
     <t>45.40</t>
   </si>
   <si>
     <t>37.06</t>
   </si>
   <si>
     <t>Илья Аверин</t>
   </si>
   <si>
     <t>48.40</t>
   </si>
@@ -1711,496 +1717,496 @@
     <row r="45" spans="1:4">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
         <v>132</v>
       </c>
       <c r="C45" s="1" t="s">
         <v>133</v>
       </c>
       <c r="D45" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
         <v>135</v>
       </c>
       <c r="C46" s="1" t="s">
         <v>136</v>
       </c>
       <c r="D46" t="s">
-        <v>50</v>
+        <v>137</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="D47" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D48" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="D49" t="s">
-        <v>145</v>
+        <v>128</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
         <v>146</v>
       </c>
       <c r="C50" s="1" t="s">
         <v>147</v>
       </c>
       <c r="D50" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
         <v>148</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>149</v>
       </c>
       <c r="D51" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
         <v>151</v>
       </c>
       <c r="C52" s="1" t="s">
         <v>152</v>
       </c>
       <c r="D52" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="D53" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="D54" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D55" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="D56" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="D57" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="D58" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D59" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="D60" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="D61" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="D62" t="s">
-        <v>154</v>
+        <v>183</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="D63" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="D64" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="D65" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="D66" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="D67" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="D68" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="D69" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70">
         <v>69</v>
       </c>
       <c r="B70" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="D70" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="D71" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="D72" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="D73" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74">
         <v>73</v>
       </c>
       <c r="B74" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="D74" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75">
         <v>74</v>
       </c>
       <c r="B75" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="D75" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76">
         <v>75</v>
       </c>
       <c r="B76" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="D76" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77">
         <v>76</v>
       </c>
       <c r="B77" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="D77" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="B78" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="C78" s="1"/>
     </row>
     <row r="79" spans="1:4">
       <c r="B79" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="C79" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>