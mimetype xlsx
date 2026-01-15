--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -17,495 +17,495 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="444" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="150">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...11 lines deleted...]
-    <t>27.95</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Анатолий Туренко</t>
+  </si>
+  <si>
+    <t>27.57</t>
   </si>
   <si>
     <t>22.52</t>
   </si>
   <si>
-    <t>Dmitry Gundin</t>
+    <t>Дмитрий Гундин</t>
   </si>
   <si>
     <t>28.54</t>
   </si>
   <si>
     <t>24.50</t>
   </si>
   <si>
-    <t>Grigoriy Barashkin</t>
+    <t>Григорий Барашкин</t>
   </si>
   <si>
     <t>32.30</t>
   </si>
   <si>
     <t>27.52</t>
   </si>
   <si>
-    <t>Arsenii Pavlov</t>
+    <t>Арсений Павлов</t>
   </si>
   <si>
     <t>32.99</t>
   </si>
   <si>
     <t>27.07</t>
   </si>
   <si>
-    <t>Ekaterina Kaneva</t>
-[...2 lines deleted...]
-    <t>34.86</t>
+    <t>Полина Лаптева</t>
+  </si>
+  <si>
+    <t>33.52</t>
+  </si>
+  <si>
+    <t>29.38</t>
+  </si>
+  <si>
+    <t>Екатерина Канева</t>
+  </si>
+  <si>
+    <t>34.56</t>
   </si>
   <si>
     <t>29.15</t>
   </si>
   <si>
-    <t>Andrey Sinitsyn</t>
+    <t>Андрей Синицын</t>
   </si>
   <si>
     <t>34.93</t>
   </si>
   <si>
     <t>31.39</t>
   </si>
   <si>
-    <t>Alexander Ermakov</t>
+    <t>Александр Ермаков</t>
   </si>
   <si>
     <t>36.21</t>
   </si>
   <si>
     <t>30.98</t>
   </si>
   <si>
-    <t>Daniil Tambovtsev</t>
+    <t>Даниил Тамбовцев</t>
   </si>
   <si>
     <t>36.27</t>
   </si>
   <si>
     <t>31.80</t>
   </si>
   <si>
-    <t>Polina Lapteva</t>
-[...8 lines deleted...]
-    <t>Vladislav Shurshilin</t>
+    <t>Владислав Шуршилин</t>
   </si>
   <si>
     <t>37.52</t>
   </si>
   <si>
     <t>34.75</t>
   </si>
   <si>
-    <t>Anastasiya Maykova</t>
+    <t>Анастасия Майкова</t>
   </si>
   <si>
     <t>37.95</t>
   </si>
   <si>
     <t>30.51</t>
   </si>
   <si>
-    <t>Karina Shamova</t>
+    <t>Максим Дейч</t>
+  </si>
+  <si>
+    <t>38.10</t>
+  </si>
+  <si>
+    <t>32.37</t>
+  </si>
+  <si>
+    <t>Карина Шамова</t>
   </si>
   <si>
     <t>39.02</t>
   </si>
   <si>
     <t>37.92</t>
   </si>
   <si>
-    <t>Artur Chechekhin</t>
+    <t>Артур Чечёхин</t>
   </si>
   <si>
     <t>39.47</t>
   </si>
   <si>
     <t>32.28</t>
   </si>
   <si>
-    <t>Nikolai Masson</t>
+    <t>Николай Массон</t>
   </si>
   <si>
     <t>39.64</t>
   </si>
   <si>
     <t>34.02</t>
   </si>
   <si>
-    <t>Yuri Ryakin</t>
+    <t>Юрий Рякин</t>
   </si>
   <si>
     <t>40.31</t>
   </si>
   <si>
     <t>37.31</t>
   </si>
   <si>
-    <t>Ivan Oleinikov</t>
+    <t>Иван Олейников</t>
   </si>
   <si>
     <t>40.82</t>
   </si>
   <si>
     <t>33.02</t>
   </si>
   <si>
-    <t>Sergey Mironchenkov</t>
+    <t>Сергей Миронченков</t>
   </si>
   <si>
     <t>43.60</t>
   </si>
   <si>
     <t>41.31</t>
   </si>
   <si>
-    <t>Andrey Zhukov</t>
+    <t>Андрей Жуков</t>
   </si>
   <si>
     <t>44.72</t>
   </si>
   <si>
     <t>39.19</t>
   </si>
   <si>
-    <t>Nikita Brylin</t>
+    <t>Никита Брылин</t>
   </si>
   <si>
     <t>45.07</t>
   </si>
   <si>
-    <t>42.86</t>
-[...2 lines deleted...]
-    <t>Sergey Marin</t>
+    <t>37.50</t>
+  </si>
+  <si>
+    <t>Сергей Марьин</t>
   </si>
   <si>
     <t>45.62</t>
   </si>
   <si>
     <t>39.27</t>
   </si>
   <si>
-    <t>Maksim Deych</t>
-[...8 lines deleted...]
-    <t>Danila Shuvaev</t>
+    <t>Данила Шуваев</t>
   </si>
   <si>
     <t>47.81</t>
   </si>
   <si>
     <t>39.73</t>
   </si>
   <si>
-    <t>Arsenii Borovkov</t>
+    <t>Арсений Боровков</t>
   </si>
   <si>
     <t>48.24</t>
   </si>
   <si>
     <t>42.65</t>
   </si>
   <si>
-    <t>Ruslan Romanenko</t>
+    <t>Руслан Романенко</t>
   </si>
   <si>
     <t>48.98</t>
   </si>
   <si>
     <t>39.62</t>
   </si>
   <si>
-    <t>Vitaliy Namestnikov</t>
+    <t>Виталий Наместников</t>
   </si>
   <si>
     <t>49.21</t>
   </si>
   <si>
     <t>44.31</t>
   </si>
   <si>
-    <t>Vasilii Nikolashin</t>
+    <t>Василий Николашин</t>
   </si>
   <si>
     <t>49.55</t>
   </si>
   <si>
     <t>42.20</t>
   </si>
   <si>
-    <t>Platon Kabakov</t>
+    <t>Платон Кабаков</t>
   </si>
   <si>
     <t>49.97</t>
   </si>
   <si>
     <t>39.05</t>
   </si>
   <si>
-    <t>Ivan Sidorenko</t>
+    <t>Иван Сидоренко</t>
   </si>
   <si>
     <t>53.05</t>
   </si>
   <si>
     <t>43.67</t>
   </si>
   <si>
-    <t>Nikita Mikheyev</t>
+    <t>Никита Михеев</t>
   </si>
   <si>
     <t>54.29</t>
   </si>
   <si>
     <t>41.26</t>
   </si>
   <si>
-    <t>Alexey Koritskiy</t>
+    <t>Алексей Корицкий</t>
   </si>
   <si>
     <t>54.46</t>
   </si>
   <si>
     <t>47.68</t>
   </si>
   <si>
-    <t>Pavel Mishin</t>
+    <t>Павел Мишин</t>
   </si>
   <si>
     <t>58.37</t>
   </si>
   <si>
     <t>53.37</t>
   </si>
   <si>
-    <t>Olga Fyodorova</t>
+    <t>Ольга Фёдорова</t>
   </si>
   <si>
     <t>59.72</t>
   </si>
   <si>
     <t>48.38</t>
   </si>
   <si>
-    <t>Vera Gorina</t>
+    <t>Вера Горина</t>
   </si>
   <si>
     <t>1:00.40</t>
   </si>
   <si>
     <t>49.91</t>
   </si>
   <si>
-    <t>Daria Eliseeva</t>
-[...8 lines deleted...]
-    <t>Gabriella Ivakhnitskaya</t>
+    <t>Дарья Елисеева</t>
+  </si>
+  <si>
+    <t>1:01.64</t>
+  </si>
+  <si>
+    <t>48.67</t>
+  </si>
+  <si>
+    <t>Габриэлла Ивахницкая</t>
   </si>
   <si>
     <t>1:07.08</t>
   </si>
   <si>
     <t>56.26</t>
   </si>
   <si>
-    <t>Ivan Streshinskiy</t>
+    <t>Иван Стрешинский</t>
   </si>
   <si>
     <t>1:07.14</t>
   </si>
   <si>
     <t>1:02.96</t>
   </si>
   <si>
-    <t>Alexander Katyukov</t>
+    <t>Александр Катюков</t>
   </si>
   <si>
     <t>1:08.62</t>
   </si>
   <si>
     <t>1:04.92</t>
   </si>
   <si>
-    <t>Yevgeniya Ilʹina</t>
+    <t>Евгения Ильина</t>
   </si>
   <si>
     <t>1:11.07</t>
   </si>
   <si>
     <t>54.91</t>
   </si>
   <si>
-    <t>Luka Lukash</t>
+    <t>Лука Лукаш</t>
   </si>
   <si>
     <t>1:14.04</t>
   </si>
   <si>
     <t>1:02.92</t>
   </si>
   <si>
-    <t>Semën Rudik</t>
+    <t>Семён Рудик</t>
   </si>
   <si>
     <t>1:24.41</t>
   </si>
   <si>
     <t>1:13.26</t>
   </si>
   <si>
-    <t>Bogdan Kashin</t>
+    <t>Богдан Кашин</t>
   </si>
   <si>
     <t>1:29.09</t>
   </si>
   <si>
     <t>1:05.37</t>
   </si>
   <si>
-    <t>Maxim Chechnev</t>
+    <t>Максим Чечнев</t>
   </si>
   <si>
     <t>1:47.94</t>
   </si>
   <si>
     <t>1:14.86</t>
   </si>
   <si>
-    <t>Aleksandr Minko</t>
+    <t>Александр Минко</t>
   </si>
   <si>
     <t>1:49.90</t>
   </si>
   <si>
     <t>1:20.31</t>
   </si>
   <si>
-    <t>Mark Miruk</t>
+    <t>Марк Мирук</t>
   </si>
   <si>
     <t>1:52.47</t>
   </si>
   <si>
     <t>1:33.19</t>
   </si>
   <si>
-    <t>Yegor Zhogin</t>
+    <t>Егор Жогин</t>
   </si>
   <si>
     <t>2:08.89</t>
   </si>
   <si>
     <t>1:42.36</t>
   </si>
   <si>
-    <t>Denis Kim</t>
+    <t>Денис Ким</t>
   </si>
   <si>
     <t>1:17.05</t>
   </si>
   <si>
-    <t>Alexey Gundin</t>
+    <t>Алексей Гундин</t>
   </si>
   <si>
     <t>1:32.97</t>
   </si>
   <si>
-    <t>Marina Shchukina</t>
+    <t>Марина Щукина</t>
   </si>
   <si>
     <t>1:41.30</t>
   </si>
   <si>
-    <t>Aleksandr Govorkov</t>
+    <t>Александр Говорков</t>
   </si>
   <si>
     <t>1:46.69</t>
   </si>
   <si>
-    <t>Yegor Tolstobrov</t>
-[...5 lines deleted...]
-    <t>Maksim Vorkunov</t>
+    <t>Егор Толстобров</t>
+  </si>
+  <si>
+    <t>Кирилл Ворошин</t>
+  </si>
+  <si>
+    <t>Максим Воркунов</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>