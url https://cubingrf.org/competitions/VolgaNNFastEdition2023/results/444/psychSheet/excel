--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -12,491 +12,485 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="444" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="150">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="148">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Анатолий Туренко</t>
   </si>
   <si>
-    <t>27.57</t>
+    <t>26.51</t>
   </si>
   <si>
     <t>22.52</t>
   </si>
   <si>
     <t>Дмитрий Гундин</t>
   </si>
   <si>
     <t>28.54</t>
   </si>
   <si>
     <t>24.50</t>
   </si>
   <si>
     <t>Григорий Барашкин</t>
   </si>
   <si>
     <t>32.30</t>
   </si>
   <si>
     <t>27.52</t>
   </si>
   <si>
     <t>Арсений Павлов</t>
   </si>
   <si>
     <t>32.99</t>
   </si>
   <si>
     <t>27.07</t>
   </si>
   <si>
     <t>Полина Лаптева</t>
   </si>
   <si>
     <t>33.52</t>
   </si>
   <si>
     <t>29.38</t>
   </si>
   <si>
     <t>Екатерина Канева</t>
   </si>
   <si>
-    <t>34.56</t>
+    <t>33.96</t>
   </si>
   <si>
     <t>29.15</t>
   </si>
   <si>
     <t>Андрей Синицын</t>
   </si>
   <si>
     <t>34.93</t>
   </si>
   <si>
     <t>31.39</t>
   </si>
   <si>
     <t>Александр Ермаков</t>
   </si>
   <si>
     <t>36.21</t>
   </si>
   <si>
     <t>30.98</t>
   </si>
   <si>
     <t>Даниил Тамбовцев</t>
   </si>
   <si>
     <t>36.27</t>
   </si>
   <si>
     <t>31.80</t>
   </si>
   <si>
+    <t>Анастасия Майкова</t>
+  </si>
+  <si>
+    <t>37.44</t>
+  </si>
+  <si>
+    <t>30.51</t>
+  </si>
+  <si>
     <t>Владислав Шуршилин</t>
   </si>
   <si>
     <t>37.52</t>
   </si>
   <si>
     <t>34.75</t>
   </si>
   <si>
-    <t>Анастасия Майкова</t>
-[...7 lines deleted...]
-  <si>
     <t>Максим Дейч</t>
   </si>
   <si>
     <t>38.10</t>
   </si>
   <si>
     <t>32.37</t>
   </si>
   <si>
     <t>Карина Шамова</t>
   </si>
   <si>
     <t>39.02</t>
   </si>
   <si>
     <t>37.92</t>
   </si>
   <si>
     <t>Артур Чечёхин</t>
   </si>
   <si>
     <t>39.47</t>
   </si>
   <si>
-    <t>32.28</t>
+    <t>36.28</t>
   </si>
   <si>
     <t>Николай Массон</t>
   </si>
   <si>
-    <t>39.64</t>
-[...2 lines deleted...]
-    <t>34.02</t>
+    <t>40.19</t>
+  </si>
+  <si>
+    <t>37.57</t>
   </si>
   <si>
     <t>Юрий Рякин</t>
   </si>
   <si>
     <t>40.31</t>
   </si>
   <si>
     <t>37.31</t>
   </si>
   <si>
     <t>Иван Олейников</t>
   </si>
   <si>
     <t>40.82</t>
   </si>
   <si>
     <t>33.02</t>
   </si>
   <si>
     <t>Сергей Миронченков</t>
   </si>
   <si>
     <t>43.60</t>
   </si>
   <si>
     <t>41.31</t>
   </si>
   <si>
+    <t>Никита Брылин</t>
+  </si>
+  <si>
+    <t>45.07</t>
+  </si>
+  <si>
+    <t>37.50</t>
+  </si>
+  <si>
     <t>Андрей Жуков</t>
   </si>
   <si>
-    <t>44.72</t>
+    <t>45.13</t>
   </si>
   <si>
     <t>39.19</t>
   </si>
   <si>
-    <t>Никита Брылин</t>
-[...7 lines deleted...]
-  <si>
     <t>Сергей Марьин</t>
   </si>
   <si>
     <t>45.62</t>
   </si>
   <si>
     <t>39.27</t>
   </si>
   <si>
+    <t>Арсений Боровков</t>
+  </si>
+  <si>
+    <t>48.24</t>
+  </si>
+  <si>
+    <t>42.65</t>
+  </si>
+  <si>
     <t>Данила Шуваев</t>
   </si>
   <si>
-    <t>47.81</t>
-[...11 lines deleted...]
-    <t>42.65</t>
+    <t>48.58</t>
+  </si>
+  <si>
+    <t>41.11</t>
+  </si>
+  <si>
+    <t>Виталий Наместников</t>
+  </si>
+  <si>
+    <t>49.21</t>
+  </si>
+  <si>
+    <t>44.31</t>
+  </si>
+  <si>
+    <t>Василий Николашин</t>
+  </si>
+  <si>
+    <t>49.55</t>
+  </si>
+  <si>
+    <t>42.20</t>
+  </si>
+  <si>
+    <t>Платон Кабаков</t>
+  </si>
+  <si>
+    <t>49.97</t>
+  </si>
+  <si>
+    <t>39.05</t>
+  </si>
+  <si>
+    <t>Иван Сидоренко</t>
+  </si>
+  <si>
+    <t>53.05</t>
+  </si>
+  <si>
+    <t>43.67</t>
+  </si>
+  <si>
+    <t>Никита Михеев</t>
+  </si>
+  <si>
+    <t>54.29</t>
+  </si>
+  <si>
+    <t>41.26</t>
+  </si>
+  <si>
+    <t>Алексей Корицкий</t>
+  </si>
+  <si>
+    <t>54.48</t>
+  </si>
+  <si>
+    <t>47.68</t>
   </si>
   <si>
     <t>Руслан Романенко</t>
   </si>
   <si>
-    <t>48.98</t>
-[...56 lines deleted...]
-    <t>47.68</t>
+    <t>54.71</t>
+  </si>
+  <si>
+    <t>43.21</t>
   </si>
   <si>
     <t>Павел Мишин</t>
   </si>
   <si>
-    <t>58.37</t>
+    <t>59.22</t>
   </si>
   <si>
     <t>53.37</t>
   </si>
   <si>
     <t>Ольга Фёдорова</t>
   </si>
   <si>
     <t>59.72</t>
   </si>
   <si>
     <t>48.38</t>
   </si>
   <si>
     <t>Вера Горина</t>
   </si>
   <si>
     <t>1:00.40</t>
   </si>
   <si>
     <t>49.91</t>
   </si>
   <si>
     <t>Дарья Елисеева</t>
   </si>
   <si>
     <t>1:01.64</t>
   </si>
   <si>
     <t>48.67</t>
   </si>
   <si>
     <t>Габриэлла Ивахницкая</t>
   </si>
   <si>
     <t>1:07.08</t>
   </si>
   <si>
     <t>56.26</t>
   </si>
   <si>
     <t>Иван Стрешинский</t>
   </si>
   <si>
     <t>1:07.14</t>
   </si>
   <si>
     <t>1:02.96</t>
   </si>
   <si>
+    <t>Александр Минко</t>
+  </si>
+  <si>
+    <t>1:07.50</t>
+  </si>
+  <si>
+    <t>58.15</t>
+  </si>
+  <si>
     <t>Александр Катюков</t>
   </si>
   <si>
     <t>1:08.62</t>
   </si>
   <si>
     <t>1:04.92</t>
   </si>
   <si>
     <t>Евгения Ильина</t>
   </si>
   <si>
     <t>1:11.07</t>
   </si>
   <si>
     <t>54.91</t>
   </si>
   <si>
     <t>Лука Лукаш</t>
   </si>
   <si>
     <t>1:14.04</t>
   </si>
   <si>
     <t>1:02.92</t>
   </si>
   <si>
     <t>Семён Рудик</t>
   </si>
   <si>
     <t>1:24.41</t>
   </si>
   <si>
     <t>1:13.26</t>
   </si>
   <si>
     <t>Богдан Кашин</t>
   </si>
   <si>
-    <t>1:29.09</t>
+    <t>1:31.71</t>
   </si>
   <si>
     <t>1:05.37</t>
   </si>
   <si>
+    <t>Марк Мирук</t>
+  </si>
+  <si>
+    <t>1:52.47</t>
+  </si>
+  <si>
+    <t>1:33.19</t>
+  </si>
+  <si>
+    <t>Егор Жогин</t>
+  </si>
+  <si>
+    <t>2:08.89</t>
+  </si>
+  <si>
+    <t>1:42.36</t>
+  </si>
+  <si>
+    <t>Алексей Гундин</t>
+  </si>
+  <si>
+    <t>1:32.97</t>
+  </si>
+  <si>
+    <t>Марина Щукина</t>
+  </si>
+  <si>
+    <t>1:41.30</t>
+  </si>
+  <si>
     <t>Максим Чечнев</t>
   </si>
   <si>
-    <t>1:47.94</t>
-[...29 lines deleted...]
-    <t>1:42.36</t>
+    <t>1:45.44</t>
+  </si>
+  <si>
+    <t>Александр Говорков</t>
+  </si>
+  <si>
+    <t>1:46.69</t>
   </si>
   <si>
     <t>Денис Ким</t>
-  </si>
-[...19 lines deleted...]
-    <t>1:46.69</t>
   </si>
   <si>
     <t>Егор Толстобров</t>
   </si>
   <si>
     <t>Кирилл Ворошин</t>
   </si>
   <si>
     <t>Максим Воркунов</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1470,120 +1464,112 @@
       <c r="D44" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
         <v>133</v>
       </c>
       <c r="C45" s="1" t="s">
         <v>134</v>
       </c>
       <c r="D45" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
         <v>136</v>
       </c>
-      <c r="C46" s="1" t="s">
+      <c r="C46" s="1"/>
+      <c r="D46" t="s">
         <v>137</v>
-      </c>
-[...1 lines deleted...]
-        <v>138</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="C47" s="1"/>
       <c r="D47" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="C48" s="1"/>
       <c r="D48" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="C49" s="1"/>
       <c r="D49" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="50" spans="1:4">
+      <c r="B50" t="s">
         <v>144</v>
       </c>
-    </row>
-[...6 lines deleted...]
-      </c>
       <c r="C50" s="1"/>
-      <c r="D50" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="51" spans="1:4">
       <c r="B51" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="C51" s="1"/>
     </row>
     <row r="52" spans="1:4">
       <c r="B52" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="C52" s="1"/>
     </row>
     <row r="53" spans="1:4">
       <c r="B53" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="C53" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>