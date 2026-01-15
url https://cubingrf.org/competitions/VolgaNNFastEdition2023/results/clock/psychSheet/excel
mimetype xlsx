--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -134,66 +134,66 @@
   <si>
     <t>7.50</t>
   </si>
   <si>
     <t>6.91</t>
   </si>
   <si>
     <t>Полина Лаптева</t>
   </si>
   <si>
     <t>7.95</t>
   </si>
   <si>
     <t>7.12</t>
   </si>
   <si>
     <t>Василий Николашин</t>
   </si>
   <si>
     <t>8.80</t>
   </si>
   <si>
     <t>7.93</t>
   </si>
   <si>
+    <t>Анастасия Майкова</t>
+  </si>
+  <si>
+    <t>9.47</t>
+  </si>
+  <si>
+    <t>8.36</t>
+  </si>
+  <si>
     <t>Дарья Елисеева</t>
   </si>
   <si>
     <t>9.52</t>
   </si>
   <si>
     <t>8.16</t>
-  </si>
-[...7 lines deleted...]
-    <t>8.38</t>
   </si>
   <si>
     <t>Григорий Барашкин</t>
   </si>
   <si>
     <t>10.04</t>
   </si>
   <si>
     <t>8.72</t>
   </si>
   <si>
     <t>Карина Шамова</t>
   </si>
   <si>
     <t>10.08</t>
   </si>
   <si>
     <t>8.39</t>
   </si>
   <si>
     <t>Иван Сидоренко</t>
   </si>
   <si>
     <t>10.22</t>
   </si>