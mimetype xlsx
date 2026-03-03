--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -12,71 +12,71 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="clock" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="135">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="134">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Анатолий Туренко</t>
   </si>
   <si>
-    <t>3.10</t>
-[...2 lines deleted...]
-    <t>1.87</t>
+    <t>3.38</t>
+  </si>
+  <si>
+    <t>2.27</t>
   </si>
   <si>
     <t>Дмитрий Гундин</t>
   </si>
   <si>
     <t>3.59</t>
   </si>
   <si>
     <t>2.53</t>
   </si>
   <si>
     <t>Андрей Синицын</t>
   </si>
   <si>
     <t>3.70</t>
   </si>
   <si>
     <t>2.92</t>
   </si>
   <si>
     <t>Даниил Тамбовцев</t>
   </si>
   <si>
     <t>5.40</t>
   </si>
@@ -113,212 +113,212 @@
   <si>
     <t>Андрей Жуков</t>
   </si>
   <si>
     <t>6.40</t>
   </si>
   <si>
     <t>4.77</t>
   </si>
   <si>
     <t>Александр Катюков</t>
   </si>
   <si>
     <t>7.41</t>
   </si>
   <si>
     <t>6.16</t>
   </si>
   <si>
     <t>Сергей Марьин</t>
   </si>
   <si>
     <t>7.50</t>
   </si>
   <si>
-    <t>6.91</t>
+    <t>7.09</t>
   </si>
   <si>
     <t>Полина Лаптева</t>
   </si>
   <si>
     <t>7.95</t>
   </si>
   <si>
     <t>7.12</t>
   </si>
   <si>
+    <t>Анастасия Майкова</t>
+  </si>
+  <si>
+    <t>8.76</t>
+  </si>
+  <si>
+    <t>7.48</t>
+  </si>
+  <si>
     <t>Василий Николашин</t>
   </si>
   <si>
     <t>8.80</t>
   </si>
   <si>
     <t>7.93</t>
   </si>
   <si>
-    <t>Анастасия Майкова</t>
-[...7 lines deleted...]
-  <si>
     <t>Дарья Елисеева</t>
   </si>
   <si>
     <t>9.52</t>
   </si>
   <si>
     <t>8.16</t>
   </si>
   <si>
     <t>Григорий Барашкин</t>
   </si>
   <si>
     <t>10.04</t>
   </si>
   <si>
     <t>8.72</t>
   </si>
   <si>
     <t>Карина Шамова</t>
   </si>
   <si>
     <t>10.08</t>
   </si>
   <si>
     <t>8.39</t>
   </si>
   <si>
     <t>Иван Сидоренко</t>
   </si>
   <si>
     <t>10.22</t>
   </si>
   <si>
     <t>7.16</t>
   </si>
   <si>
+    <t>Габриэлла Ивахницкая</t>
+  </si>
+  <si>
+    <t>10.89</t>
+  </si>
+  <si>
+    <t>9.12</t>
+  </si>
+  <si>
+    <t>Владимир Щеглов</t>
+  </si>
+  <si>
+    <t>11.32</t>
+  </si>
+  <si>
+    <t>9.76</t>
+  </si>
+  <si>
+    <t>Николай Массон</t>
+  </si>
+  <si>
+    <t>11.40</t>
+  </si>
+  <si>
+    <t>9.61</t>
+  </si>
+  <si>
+    <t>Владислав Шуршилин</t>
+  </si>
+  <si>
+    <t>11.63</t>
+  </si>
+  <si>
+    <t>Вера Горина</t>
+  </si>
+  <si>
+    <t>12.50</t>
+  </si>
+  <si>
+    <t>10.51</t>
+  </si>
+  <si>
     <t>Александр Говорков</t>
   </si>
   <si>
-    <t>10.83</t>
-[...44 lines deleted...]
-    <t>10.51</t>
+    <t>12.96</t>
+  </si>
+  <si>
+    <t>10.14</t>
   </si>
   <si>
     <t>Александр Минко</t>
   </si>
   <si>
     <t>12.98</t>
   </si>
   <si>
     <t>11.30</t>
   </si>
   <si>
     <t>Михаил Лосев</t>
   </si>
   <si>
     <t>13.18</t>
   </si>
   <si>
     <t>11.65</t>
   </si>
   <si>
     <t>Арсений Боровков</t>
   </si>
   <si>
     <t>13.84</t>
   </si>
   <si>
     <t>9.38</t>
   </si>
   <si>
+    <t>Богдан Кашин</t>
+  </si>
+  <si>
+    <t>15.82</t>
+  </si>
+  <si>
+    <t>14.07</t>
+  </si>
+  <si>
     <t>Руслан Романенко</t>
   </si>
   <si>
-    <t>15.50</t>
+    <t>15.85</t>
   </si>
   <si>
     <t>9.27</t>
   </si>
   <si>
-    <t>Богдан Кашин</t>
-[...7 lines deleted...]
-  <si>
     <t>Никита Брылин</t>
   </si>
   <si>
     <t>15.99</t>
   </si>
   <si>
     <t>12.73</t>
   </si>
   <si>
     <t>Пётр Юнин</t>
   </si>
   <si>
     <t>16.47</t>
   </si>
   <si>
     <t>11.72</t>
   </si>
   <si>
     <t>Егор Жогин</t>
   </si>
   <si>
     <t>17.17</t>
   </si>
   <si>
     <t>14.68</t>
@@ -341,123 +341,120 @@
   <si>
     <t>14.24</t>
   </si>
   <si>
     <t>Павел Мишин</t>
   </si>
   <si>
     <t>18.05</t>
   </si>
   <si>
     <t>11.52</t>
   </si>
   <si>
     <t>Наталья Жукова</t>
   </si>
   <si>
     <t>19.52</t>
   </si>
   <si>
     <t>17.07</t>
   </si>
   <si>
     <t>Семён Рудик</t>
   </si>
   <si>
-    <t>22.44</t>
+    <t>22.38</t>
   </si>
   <si>
     <t>17.95</t>
   </si>
   <si>
     <t>Евгения Ильина</t>
   </si>
   <si>
     <t>23.05</t>
   </si>
   <si>
     <t>20.76</t>
   </si>
   <si>
+    <t>Аркадий Ушмодин</t>
+  </si>
+  <si>
+    <t>25.15</t>
+  </si>
+  <si>
+    <t>20.26</t>
+  </si>
+  <si>
+    <t>Елизавета Ушмодина</t>
+  </si>
+  <si>
+    <t>28.51</t>
+  </si>
+  <si>
+    <t>24.05</t>
+  </si>
+  <si>
+    <t>Максим Чечнев</t>
+  </si>
+  <si>
+    <t>28.72</t>
+  </si>
+  <si>
+    <t>24.82</t>
+  </si>
+  <si>
+    <t>Никита Михеев</t>
+  </si>
+  <si>
+    <t>16.84</t>
+  </si>
+  <si>
+    <t>Егор Толстобров</t>
+  </si>
+  <si>
+    <t>22.74</t>
+  </si>
+  <si>
+    <t>Наиля Гундина</t>
+  </si>
+  <si>
+    <t>24.09</t>
+  </si>
+  <si>
+    <t>Михаил Силкин</t>
+  </si>
+  <si>
+    <t>42.82</t>
+  </si>
+  <si>
     <t>Александр Горбунов</t>
   </si>
   <si>
-    <t>23.41</t>
-[...53 lines deleted...]
-    <t>42.82</t>
+    <t>46.95</t>
   </si>
   <si>
     <t>Максим Воркунов</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1079,65 +1076,65 @@
     <row r="20" spans="1:4">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
         <v>58</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>59</v>
       </c>
       <c r="D20" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
         <v>61</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>62</v>
       </c>
       <c r="D21" t="s">
-        <v>50</v>
+        <v>63</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D22" t="s">
-        <v>65</v>
+        <v>50</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
         <v>66</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>67</v>
       </c>
       <c r="D23" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
         <v>69</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>70</v>
@@ -1369,108 +1366,106 @@
       <c r="D40" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
         <v>120</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>121</v>
       </c>
       <c r="D41" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
         <v>123</v>
       </c>
-      <c r="C42" s="1" t="s">
+      <c r="C42" s="1"/>
+      <c r="D42" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="C43" s="1"/>
       <c r="D43" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="C44" s="1"/>
       <c r="D44" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="C45" s="1"/>
       <c r="D45" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="C46" s="1"/>
       <c r="D46" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="B47" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="C47" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>