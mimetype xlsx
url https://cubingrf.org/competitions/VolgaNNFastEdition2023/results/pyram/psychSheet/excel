--- v0 (2025-11-30)
+++ v1 (2026-03-03)
@@ -12,572 +12,575 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="pyram" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="205">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="206">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Дмитрий Гундин</t>
   </si>
   <si>
     <t>2.38</t>
   </si>
   <si>
     <t>1.34</t>
   </si>
   <si>
     <t>Екатерина Канева</t>
   </si>
   <si>
     <t>3.38</t>
   </si>
   <si>
     <t>1.86</t>
   </si>
   <si>
     <t>Григорий Барашкин</t>
   </si>
   <si>
     <t>3.41</t>
   </si>
   <si>
     <t>1.26</t>
   </si>
   <si>
+    <t>Арсений Павлов</t>
+  </si>
+  <si>
+    <t>3.63</t>
+  </si>
+  <si>
+    <t>2.65</t>
+  </si>
+  <si>
     <t>Анатолий Туренко</t>
   </si>
   <si>
-    <t>3.43</t>
-[...11 lines deleted...]
-    <t>2.65</t>
+    <t>3.72</t>
+  </si>
+  <si>
+    <t>2.17</t>
   </si>
   <si>
     <t>Иван Олейников</t>
   </si>
   <si>
     <t>3.83</t>
   </si>
   <si>
     <t>2.45</t>
   </si>
   <si>
     <t>Андрей Синицын</t>
   </si>
   <si>
     <t>4.24</t>
   </si>
   <si>
     <t>2.56</t>
   </si>
   <si>
     <t>Андрей Жуков</t>
   </si>
   <si>
     <t>4.87</t>
   </si>
   <si>
     <t>2.66</t>
   </si>
   <si>
     <t>Максим Дейч</t>
   </si>
   <si>
     <t>5.25</t>
   </si>
   <si>
     <t>3.48</t>
   </si>
   <si>
     <t>Владислав Шуршилин</t>
   </si>
   <si>
     <t>5.26</t>
   </si>
   <si>
-    <t>3.28</t>
+    <t>3.30</t>
+  </si>
+  <si>
+    <t>Карина Шамова</t>
+  </si>
+  <si>
+    <t>5.38</t>
+  </si>
+  <si>
+    <t>2.86</t>
+  </si>
+  <si>
+    <t>Габриэлла Ивахницкая</t>
+  </si>
+  <si>
+    <t>5.45</t>
+  </si>
+  <si>
+    <t>3.23</t>
+  </si>
+  <si>
+    <t>Юрий Рякин</t>
+  </si>
+  <si>
+    <t>5.47</t>
+  </si>
+  <si>
+    <t>3.67</t>
   </si>
   <si>
     <t>Сергей Марьин</t>
   </si>
   <si>
-    <t>5.36</t>
+    <t>5.56</t>
   </si>
   <si>
     <t>3.12</t>
   </si>
   <si>
-    <t>Карина Шамова</t>
-[...25 lines deleted...]
-  <si>
     <t>Дарья Елисеева</t>
   </si>
   <si>
     <t>5.69</t>
   </si>
   <si>
     <t>2.76</t>
   </si>
   <si>
     <t>Ольга Фёдорова</t>
   </si>
   <si>
     <t>3.80</t>
   </si>
   <si>
     <t>Даниил Тамбовцев</t>
   </si>
   <si>
     <t>5.71</t>
   </si>
   <si>
     <t>3.51</t>
   </si>
   <si>
+    <t>Анастасия Майкова</t>
+  </si>
+  <si>
+    <t>6.26</t>
+  </si>
+  <si>
+    <t>Иван Сидоренко</t>
+  </si>
+  <si>
+    <t>6.34</t>
+  </si>
+  <si>
+    <t>3.95</t>
+  </si>
+  <si>
+    <t>Пётр Юнин</t>
+  </si>
+  <si>
+    <t>6.42</t>
+  </si>
+  <si>
+    <t>3.85</t>
+  </si>
+  <si>
     <t>Иларион Камардин</t>
   </si>
   <si>
-    <t>6.07</t>
+    <t>6.46</t>
   </si>
   <si>
     <t>3.20</t>
   </si>
   <si>
-    <t>Анастасия Майкова</t>
-[...25 lines deleted...]
-  <si>
     <t>Павел Мишин</t>
   </si>
   <si>
     <t>7.11</t>
   </si>
   <si>
     <t>4.96</t>
   </si>
   <si>
     <t>Василий Николашин</t>
   </si>
   <si>
     <t>7.12</t>
   </si>
   <si>
     <t>4.52</t>
   </si>
   <si>
+    <t>Никита Михеев</t>
+  </si>
+  <si>
+    <t>7.66</t>
+  </si>
+  <si>
+    <t>6.80</t>
+  </si>
+  <si>
+    <t>Алексей Корицкий</t>
+  </si>
+  <si>
+    <t>7.70</t>
+  </si>
+  <si>
+    <t>3.22</t>
+  </si>
+  <si>
+    <t>Вера Горина</t>
+  </si>
+  <si>
+    <t>7.80</t>
+  </si>
+  <si>
+    <t>4.37</t>
+  </si>
+  <si>
+    <t>Владимир Щеглов</t>
+  </si>
+  <si>
+    <t>7.81</t>
+  </si>
+  <si>
+    <t>6.54</t>
+  </si>
+  <si>
+    <t>Александр Минко</t>
+  </si>
+  <si>
+    <t>7.83</t>
+  </si>
+  <si>
+    <t>4.93</t>
+  </si>
+  <si>
+    <t>Никита Брылин</t>
+  </si>
+  <si>
+    <t>7.99</t>
+  </si>
+  <si>
+    <t>4.61</t>
+  </si>
+  <si>
+    <t>Александр Ермаков</t>
+  </si>
+  <si>
+    <t>8.28</t>
+  </si>
+  <si>
+    <t>3.97</t>
+  </si>
+  <si>
+    <t>Лука Лукаш</t>
+  </si>
+  <si>
+    <t>8.36</t>
+  </si>
+  <si>
+    <t>3.79</t>
+  </si>
+  <si>
+    <t>Сергей Миронченков</t>
+  </si>
+  <si>
+    <t>8.59</t>
+  </si>
+  <si>
+    <t>5.93</t>
+  </si>
+  <si>
     <t>Николай Массон</t>
   </si>
   <si>
-    <t>7.39</t>
-[...80 lines deleted...]
-    <t>5.93</t>
+    <t>8.66</t>
+  </si>
+  <si>
+    <t>6.12</t>
   </si>
   <si>
     <t>Александр Катюков</t>
   </si>
   <si>
     <t>8.69</t>
   </si>
   <si>
     <t>4.58</t>
   </si>
   <si>
     <t>Олег Коровин</t>
   </si>
   <si>
     <t>8.73</t>
   </si>
   <si>
     <t>5.51</t>
   </si>
   <si>
     <t>Арсений Боровков</t>
   </si>
   <si>
     <t>8.80</t>
   </si>
   <si>
     <t>5.48</t>
   </si>
   <si>
     <t>Егор Жогин</t>
   </si>
   <si>
     <t>9.12</t>
   </si>
   <si>
     <t>7.34</t>
   </si>
   <si>
     <t>Богдан Кашин</t>
   </si>
   <si>
     <t>9.25</t>
   </si>
   <si>
-    <t>3.10</t>
+    <t>4.69</t>
   </si>
   <si>
     <t>Семён Рудик</t>
   </si>
   <si>
     <t>9.46</t>
   </si>
   <si>
     <t>4.84</t>
   </si>
   <si>
     <t>Олег Демчук</t>
   </si>
   <si>
     <t>9.54</t>
   </si>
   <si>
     <t>5.58</t>
   </si>
   <si>
     <t>Артур Чечёхин</t>
   </si>
   <si>
-    <t>5.60</t>
+    <t>5.97</t>
   </si>
   <si>
     <t>Роман Кузьмин</t>
   </si>
   <si>
     <t>9.59</t>
   </si>
   <si>
     <t>4.81</t>
   </si>
   <si>
     <t>Михаил Лосев</t>
   </si>
   <si>
     <t>9.69</t>
   </si>
   <si>
     <t>4.97</t>
   </si>
   <si>
     <t>Алексей Гундин</t>
   </si>
   <si>
-    <t>9.83</t>
-[...2 lines deleted...]
-    <t>8.04</t>
+    <t>10.18</t>
+  </si>
+  <si>
+    <t>8.99</t>
   </si>
   <si>
     <t>Александр Говорков</t>
   </si>
   <si>
     <t>10.23</t>
   </si>
   <si>
-    <t>7.35</t>
+    <t>7.63</t>
   </si>
   <si>
     <t>Марк Мирук</t>
   </si>
   <si>
     <t>10.36</t>
   </si>
   <si>
     <t>8.60</t>
   </si>
   <si>
     <t>Руслан Романенко</t>
   </si>
   <si>
     <t>10.37</t>
   </si>
   <si>
     <t>9.16</t>
   </si>
   <si>
     <t>Иван Никулин</t>
   </si>
   <si>
     <t>10.77</t>
   </si>
   <si>
     <t>7.77</t>
   </si>
   <si>
     <t>Евгения Ильина</t>
   </si>
   <si>
     <t>10.83</t>
   </si>
   <si>
     <t>7.60</t>
   </si>
   <si>
+    <t>Марина Щукина</t>
+  </si>
+  <si>
+    <t>11.67</t>
+  </si>
+  <si>
+    <t>9.00</t>
+  </si>
+  <si>
+    <t>Андрей Терехов</t>
+  </si>
+  <si>
+    <t>12.01</t>
+  </si>
+  <si>
+    <t>7.33</t>
+  </si>
+  <si>
+    <t>Александр Горбунов</t>
+  </si>
+  <si>
+    <t>12.61</t>
+  </si>
+  <si>
+    <t>9.39</t>
+  </si>
+  <si>
+    <t>Алексей Мартыненко</t>
+  </si>
+  <si>
+    <t>12.66</t>
+  </si>
+  <si>
+    <t>8.55</t>
+  </si>
+  <si>
+    <t>Михаил Любин</t>
+  </si>
+  <si>
+    <t>12.86</t>
+  </si>
+  <si>
+    <t>10.52</t>
+  </si>
+  <si>
+    <t>Андрей Артеменко</t>
+  </si>
+  <si>
+    <t>13.20</t>
+  </si>
+  <si>
+    <t>9.32</t>
+  </si>
+  <si>
+    <t>Егор Толстобров</t>
+  </si>
+  <si>
+    <t>14.30</t>
+  </si>
+  <si>
+    <t>11.26</t>
+  </si>
+  <si>
+    <t>Иван Стрешинский</t>
+  </si>
+  <si>
+    <t>14.76</t>
+  </si>
+  <si>
+    <t>8.27</t>
+  </si>
+  <si>
     <t>Максим Чечнев</t>
   </si>
   <si>
-    <t>11.24</t>
-[...71 lines deleted...]
-    <t>8.27</t>
+    <t>14.78</t>
+  </si>
+  <si>
+    <t>11.61</t>
   </si>
   <si>
     <t>Максим Воркунов</t>
   </si>
   <si>
     <t>14.83</t>
   </si>
   <si>
     <t>10.89</t>
   </si>
   <si>
     <t>Наиля Гундина</t>
   </si>
   <si>
     <t>15.05</t>
   </si>
   <si>
     <t>11.86</t>
   </si>
   <si>
     <t>Михаил Силкин</t>
   </si>
   <si>
     <t>15.82</t>
   </si>
@@ -1261,135 +1264,135 @@
     <row r="18" spans="1:4">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
         <v>51</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>52</v>
       </c>
       <c r="D18" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
         <v>54</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>55</v>
       </c>
       <c r="D19" t="s">
-        <v>56</v>
+        <v>23</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
+        <v>56</v>
+      </c>
+      <c r="C20" s="1" t="s">
         <v>57</v>
       </c>
-      <c r="C20" s="1" t="s">
+      <c r="D20" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
+        <v>59</v>
+      </c>
+      <c r="C21" s="1" t="s">
         <v>60</v>
       </c>
-      <c r="C21" s="1" t="s">
+      <c r="D21" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
+        <v>62</v>
+      </c>
+      <c r="C22" s="1" t="s">
         <v>63</v>
       </c>
-      <c r="C22" s="1" t="s">
+      <c r="D22" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
+        <v>65</v>
+      </c>
+      <c r="C23" s="1" t="s">
         <v>66</v>
       </c>
-      <c r="C23" s="1" t="s">
+      <c r="D23" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
+        <v>68</v>
+      </c>
+      <c r="C24" s="1" t="s">
         <v>69</v>
       </c>
-      <c r="C24" s="1" t="s">
+      <c r="D24" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
+        <v>71</v>
+      </c>
+      <c r="C25" s="1" t="s">
         <v>72</v>
       </c>
-      <c r="C25" s="1" t="s">
+      <c r="D25" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
         <v>74</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>75</v>
       </c>
       <c r="D26" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
         <v>77</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>78</v>
@@ -1709,308 +1712,308 @@
     <row r="50" spans="1:4">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
         <v>145</v>
       </c>
       <c r="C50" s="1" t="s">
         <v>146</v>
       </c>
       <c r="D50" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
         <v>148</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>149</v>
       </c>
       <c r="D51" t="s">
-        <v>38</v>
+        <v>150</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="D52" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="D53" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="D54" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D55" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="D56" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="D57" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="D58" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D59" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="D60" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="D61" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="D62" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="D63" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="D64" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="D65" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="D66" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="D67" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="D68" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="D69" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="B70" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="C70" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>