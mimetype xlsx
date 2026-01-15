--- v0 (2025-12-01)
+++ v1 (2026-01-15)
@@ -17,513 +17,513 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="skewb" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="156">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...11 lines deleted...]
-    <t>2.56</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Екатерина Канева</t>
+  </si>
+  <si>
+    <t>2.35</t>
   </si>
   <si>
     <t>1.07</t>
   </si>
   <si>
-    <t>Dmitry Gundin</t>
+    <t>Дмитрий Гундин</t>
   </si>
   <si>
     <t>2.88</t>
   </si>
   <si>
     <t>1.68</t>
   </si>
   <si>
-    <t>Andrey Zhukov</t>
+    <t>Андрей Жуков</t>
   </si>
   <si>
     <t>3.98</t>
   </si>
   <si>
     <t>2.76</t>
   </si>
   <si>
-    <t>Grigoriy Barashkin</t>
+    <t>Григорий Барашкин</t>
   </si>
   <si>
     <t>4.06</t>
   </si>
   <si>
     <t>2.18</t>
   </si>
   <si>
-    <t>Anatolii Turenko</t>
+    <t>Анатолий Туренко</t>
   </si>
   <si>
     <t>4.17</t>
   </si>
   <si>
     <t>2.64</t>
   </si>
   <si>
-    <t>Sergey Marin</t>
+    <t>Сергей Марьин</t>
   </si>
   <si>
     <t>4.26</t>
   </si>
   <si>
     <t>2.34</t>
   </si>
   <si>
-    <t>Anastasiya Maykova</t>
+    <t>Анастасия Майкова</t>
   </si>
   <si>
     <t>4.38</t>
   </si>
   <si>
     <t>2.60</t>
   </si>
   <si>
-    <t>Karina Shamova</t>
+    <t>Карина Шамова</t>
   </si>
   <si>
     <t>4.88</t>
   </si>
   <si>
     <t>2.78</t>
   </si>
   <si>
-    <t>Arsenii Pavlov</t>
+    <t>Арсений Павлов</t>
   </si>
   <si>
     <t>5.16</t>
   </si>
   <si>
     <t>2.73</t>
   </si>
   <si>
-    <t>Sergey Mironchenkov</t>
+    <t>Сергей Миронченков</t>
   </si>
   <si>
     <t>5.47</t>
   </si>
   <si>
     <t>3.41</t>
   </si>
   <si>
-    <t>Arsenii Borovkov</t>
+    <t>Арсений Боровков</t>
   </si>
   <si>
     <t>5.60</t>
   </si>
   <si>
     <t>2.52</t>
   </si>
   <si>
-    <t>Ilarion Kamardin</t>
+    <t>Иларион Камардин</t>
   </si>
   <si>
     <t>6.01</t>
   </si>
   <si>
     <t>3.21</t>
   </si>
   <si>
-    <t>Nikita Brylin</t>
+    <t>Никита Брылин</t>
   </si>
   <si>
     <t>6.08</t>
   </si>
   <si>
     <t>3.69</t>
   </si>
   <si>
-    <t>Vladislav Shurshilin</t>
+    <t>Владислав Шуршилин</t>
   </si>
   <si>
     <t>6.13</t>
   </si>
   <si>
     <t>2.43</t>
   </si>
   <si>
-    <t>Daria Eliseeva</t>
+    <t>Дарья Елисеева</t>
   </si>
   <si>
     <t>6.17</t>
   </si>
   <si>
     <t>3.42</t>
   </si>
   <si>
-    <t>Andrey Sinitsyn</t>
+    <t>Андрей Синицын</t>
   </si>
   <si>
     <t>6.29</t>
   </si>
   <si>
     <t>4.19</t>
   </si>
   <si>
-    <t>Gabriella Ivakhnitskaya</t>
+    <t>Габриэлла Ивахницкая</t>
   </si>
   <si>
     <t>6.35</t>
   </si>
   <si>
     <t>3.45</t>
   </si>
   <si>
-    <t>Nikolai Masson</t>
+    <t>Николай Массон</t>
   </si>
   <si>
     <t>4.67</t>
   </si>
   <si>
-    <t>Daniil Tambovtsev</t>
+    <t>Даниил Тамбовцев</t>
   </si>
   <si>
     <t>6.44</t>
   </si>
   <si>
     <t>3.68</t>
   </si>
   <si>
-    <t>Aleksandr Minko</t>
+    <t>Александр Минко</t>
   </si>
   <si>
     <t>7.03</t>
   </si>
   <si>
     <t>3.99</t>
   </si>
   <si>
-    <t>Yuri Ryakin</t>
+    <t>Юрий Рякин</t>
   </si>
   <si>
     <t>7.52</t>
   </si>
   <si>
     <t>3.80</t>
   </si>
   <si>
-    <t>Marina Shchukina</t>
+    <t>Марина Щукина</t>
   </si>
   <si>
     <t>7.62</t>
   </si>
   <si>
     <t>4.96</t>
   </si>
   <si>
-    <t>Olga Fyodorova</t>
+    <t>Ольга Фёдорова</t>
   </si>
   <si>
     <t>8.09</t>
   </si>
   <si>
     <t>4.33</t>
   </si>
   <si>
-    <t>Vasilii Nikolashin</t>
+    <t>Василий Николашин</t>
   </si>
   <si>
     <t>8.24</t>
   </si>
   <si>
     <t>4.66</t>
   </si>
   <si>
-    <t>Polina Lapteva</t>
+    <t>Полина Лаптева</t>
   </si>
   <si>
     <t>8.45</t>
   </si>
   <si>
     <t>5.11</t>
   </si>
   <si>
-    <t>Ivan Sidorenko</t>
+    <t>Иван Сидоренко</t>
   </si>
   <si>
     <t>8.67</t>
   </si>
   <si>
     <t>4.48</t>
   </si>
   <si>
-    <t>Vera Gorina</t>
+    <t>Вера Горина</t>
   </si>
   <si>
     <t>8.69</t>
   </si>
   <si>
     <t>4.99</t>
   </si>
   <si>
-    <t>Alexey Koritskiy</t>
+    <t>Алексей Корицкий</t>
   </si>
   <si>
     <t>8.71</t>
   </si>
   <si>
     <t>5.30</t>
   </si>
   <si>
-    <t>Alexander Ermakov</t>
+    <t>Александр Ермаков</t>
   </si>
   <si>
     <t>10.59</t>
   </si>
   <si>
     <t>5.83</t>
   </si>
   <si>
-    <t>Roman Kuzmin</t>
+    <t>Роман Кузьмин</t>
   </si>
   <si>
     <t>10.65</t>
   </si>
   <si>
     <t>7.99</t>
   </si>
   <si>
-    <t>Vladimir Shcheglov</t>
+    <t>Владимир Щеглов</t>
   </si>
   <si>
     <t>11.16</t>
   </si>
   <si>
     <t>4.08</t>
   </si>
   <si>
-    <t>Pavel Mishin</t>
+    <t>Павел Мишин</t>
   </si>
   <si>
     <t>11.69</t>
   </si>
   <si>
     <t>6.87</t>
   </si>
   <si>
-    <t>Maksim Deych</t>
+    <t>Максим Дейч</t>
   </si>
   <si>
     <t>11.91</t>
   </si>
   <si>
     <t>9.36</t>
   </si>
   <si>
-    <t>Aleksandr Gorbunov</t>
+    <t>Александр Горбунов</t>
   </si>
   <si>
     <t>12.80</t>
   </si>
   <si>
     <t>10.49</t>
   </si>
   <si>
-    <t>Semën Rudik</t>
+    <t>Семён Рудик</t>
   </si>
   <si>
     <t>13.24</t>
   </si>
   <si>
     <t>6.26</t>
   </si>
   <si>
-    <t>Andrey Artëmenko</t>
+    <t>Андрей Артеменко</t>
   </si>
   <si>
     <t>8.72</t>
   </si>
   <si>
-    <t>Maxim Chechnev</t>
+    <t>Максим Чечнев</t>
   </si>
   <si>
     <t>13.36</t>
   </si>
   <si>
     <t>8.55</t>
   </si>
   <si>
-    <t>Yegor Zhogin</t>
+    <t>Егор Жогин</t>
   </si>
   <si>
     <t>13.55</t>
   </si>
   <si>
     <t>8.16</t>
   </si>
   <si>
-    <t>Yevgeniya Ilʹina</t>
+    <t>Евгения Ильина</t>
   </si>
   <si>
     <t>13.71</t>
   </si>
   <si>
     <t>7.66</t>
   </si>
   <si>
-    <t>Bogdan Kashin</t>
+    <t>Богдан Кашин</t>
   </si>
   <si>
     <t>14.32</t>
   </si>
   <si>
     <t>10.19</t>
   </si>
   <si>
-    <t>Aleksandr Govorkov</t>
+    <t>Александр Говорков</t>
   </si>
   <si>
     <t>14.62</t>
   </si>
   <si>
     <t>9.49</t>
   </si>
   <si>
-    <t>Nikita Mikheyev</t>
+    <t>Никита Михеев</t>
   </si>
   <si>
     <t>15.60</t>
   </si>
   <si>
     <t>10.57</t>
   </si>
   <si>
-    <t>Mikhail Losev</t>
+    <t>Михаил Лосев</t>
   </si>
   <si>
     <t>17.84</t>
   </si>
   <si>
     <t>17.41</t>
   </si>
   <si>
-    <t>Mark Miruk</t>
+    <t>Марк Мирук</t>
   </si>
   <si>
     <t>18.07</t>
   </si>
   <si>
     <t>12.75</t>
   </si>
   <si>
-    <t>Matvey Melʹnikov</t>
+    <t>Матвей Мельников</t>
   </si>
   <si>
     <t>19.46</t>
   </si>
   <si>
     <t>15.70</t>
   </si>
   <si>
-    <t>Yegor Tolstobrov</t>
+    <t>Егор Толстобров</t>
   </si>
   <si>
     <t>20.67</t>
   </si>
   <si>
     <t>16.57</t>
   </si>
   <si>
-    <t>Ruslan Romanenko</t>
+    <t>Руслан Романенко</t>
   </si>
   <si>
     <t>21.42</t>
   </si>
   <si>
     <t>13.97</t>
   </si>
   <si>
-    <t>Ivan Streshinskiy</t>
+    <t>Иван Стрешинский</t>
   </si>
   <si>
     <t>24.13</t>
   </si>
   <si>
     <t>13.54</t>
   </si>
   <si>
-    <t>Ilʹya Averin</t>
+    <t>Илья Аверин</t>
   </si>
   <si>
     <t>25.71</t>
   </si>
   <si>
     <t>20.00</t>
   </si>
   <si>
-    <t>Mikhail Silkin</t>
+    <t>Михаил Силкин</t>
   </si>
   <si>
     <t>25.72</t>
   </si>
   <si>
     <t>21.63</t>
   </si>
   <si>
-    <t>Arkadiy Ushmodin</t>
+    <t>Аркадий Ушмодин</t>
   </si>
   <si>
     <t>40.61</t>
   </si>
   <si>
-    <t>Yelizaveta Ushmodina</t>
-[...2 lines deleted...]
-    <t>Maksim Vorkunov</t>
+    <t>Елизавета Ушмодина</t>
+  </si>
+  <si>
+    <t>Максим Воркунов</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -848,51 +848,51 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D54"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C54" sqref="C54"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>