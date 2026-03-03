--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -12,230 +12,230 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="skewb" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="156">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="154">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Екатерина Канева</t>
   </si>
   <si>
     <t>2.35</t>
   </si>
   <si>
     <t>1.07</t>
   </si>
   <si>
     <t>Дмитрий Гундин</t>
   </si>
   <si>
     <t>2.88</t>
   </si>
   <si>
     <t>1.68</t>
   </si>
   <si>
     <t>Андрей Жуков</t>
   </si>
   <si>
     <t>3.98</t>
   </si>
   <si>
-    <t>2.76</t>
+    <t>2.77</t>
   </si>
   <si>
     <t>Григорий Барашкин</t>
   </si>
   <si>
     <t>4.06</t>
   </si>
   <si>
     <t>2.18</t>
   </si>
   <si>
+    <t>Сергей Марьин</t>
+  </si>
+  <si>
+    <t>4.26</t>
+  </si>
+  <si>
+    <t>2.34</t>
+  </si>
+  <si>
+    <t>Анастасия Майкова</t>
+  </si>
+  <si>
+    <t>4.38</t>
+  </si>
+  <si>
+    <t>2.60</t>
+  </si>
+  <si>
     <t>Анатолий Туренко</t>
   </si>
   <si>
-    <t>4.17</t>
-[...20 lines deleted...]
-    <t>2.60</t>
+    <t>4.63</t>
+  </si>
+  <si>
+    <t>2.81</t>
   </si>
   <si>
     <t>Карина Шамова</t>
   </si>
   <si>
     <t>4.88</t>
   </si>
   <si>
     <t>2.78</t>
   </si>
   <si>
     <t>Арсений Павлов</t>
   </si>
   <si>
     <t>5.16</t>
   </si>
   <si>
     <t>2.73</t>
   </si>
   <si>
     <t>Сергей Миронченков</t>
   </si>
   <si>
     <t>5.47</t>
   </si>
   <si>
-    <t>3.41</t>
+    <t>3.51</t>
+  </si>
+  <si>
+    <t>Иларион Камардин</t>
+  </si>
+  <si>
+    <t>6.01</t>
+  </si>
+  <si>
+    <t>3.21</t>
+  </si>
+  <si>
+    <t>Никита Брылин</t>
+  </si>
+  <si>
+    <t>6.08</t>
+  </si>
+  <si>
+    <t>3.69</t>
   </si>
   <si>
     <t>Арсений Боровков</t>
   </si>
   <si>
-    <t>5.60</t>
-[...20 lines deleted...]
-    <t>3.69</t>
+    <t>6.10</t>
+  </si>
+  <si>
+    <t>2.96</t>
+  </si>
+  <si>
+    <t>Дарья Елисеева</t>
+  </si>
+  <si>
+    <t>6.17</t>
+  </si>
+  <si>
+    <t>3.42</t>
+  </si>
+  <si>
+    <t>Андрей Синицын</t>
+  </si>
+  <si>
+    <t>6.29</t>
+  </si>
+  <si>
+    <t>4.19</t>
+  </si>
+  <si>
+    <t>Габриэлла Ивахницкая</t>
+  </si>
+  <si>
+    <t>6.35</t>
+  </si>
+  <si>
+    <t>3.45</t>
+  </si>
+  <si>
+    <t>Николай Массон</t>
+  </si>
+  <si>
+    <t>4.67</t>
+  </si>
+  <si>
+    <t>Даниил Тамбовцев</t>
+  </si>
+  <si>
+    <t>6.44</t>
+  </si>
+  <si>
+    <t>3.68</t>
   </si>
   <si>
     <t>Владислав Шуршилин</t>
   </si>
   <si>
-    <t>6.13</t>
-[...44 lines deleted...]
-    <t>3.68</t>
+    <t>6.86</t>
+  </si>
+  <si>
+    <t>4.30</t>
   </si>
   <si>
     <t>Александр Минко</t>
   </si>
   <si>
     <t>7.03</t>
   </si>
   <si>
     <t>3.99</t>
   </si>
   <si>
     <t>Юрий Рякин</t>
   </si>
   <si>
     <t>7.52</t>
   </si>
   <si>
     <t>3.80</t>
   </si>
   <si>
     <t>Марина Щукина</t>
   </si>
   <si>
     <t>7.62</t>
   </si>
@@ -275,126 +275,126 @@
   <si>
     <t>8.67</t>
   </si>
   <si>
     <t>4.48</t>
   </si>
   <si>
     <t>Вера Горина</t>
   </si>
   <si>
     <t>8.69</t>
   </si>
   <si>
     <t>4.99</t>
   </si>
   <si>
     <t>Алексей Корицкий</t>
   </si>
   <si>
     <t>8.71</t>
   </si>
   <si>
     <t>5.30</t>
   </si>
   <si>
+    <t>Роман Кузьмин</t>
+  </si>
+  <si>
+    <t>10.65</t>
+  </si>
+  <si>
+    <t>7.99</t>
+  </si>
+  <si>
+    <t>Владимир Щеглов</t>
+  </si>
+  <si>
+    <t>11.16</t>
+  </si>
+  <si>
+    <t>4.08</t>
+  </si>
+  <si>
     <t>Александр Ермаков</t>
   </si>
   <si>
-    <t>10.59</t>
+    <t>11.26</t>
   </si>
   <si>
     <t>5.83</t>
   </si>
   <si>
-    <t>Роман Кузьмин</t>
-[...16 lines deleted...]
-  <si>
     <t>Павел Мишин</t>
   </si>
   <si>
     <t>11.69</t>
   </si>
   <si>
     <t>6.87</t>
   </si>
   <si>
     <t>Максим Дейч</t>
   </si>
   <si>
     <t>11.91</t>
   </si>
   <si>
     <t>9.36</t>
   </si>
   <si>
     <t>Александр Горбунов</t>
   </si>
   <si>
     <t>12.80</t>
   </si>
   <si>
     <t>10.49</t>
   </si>
   <si>
     <t>Семён Рудик</t>
   </si>
   <si>
     <t>13.24</t>
   </si>
   <si>
     <t>6.26</t>
   </si>
   <si>
     <t>Андрей Артеменко</t>
   </si>
   <si>
     <t>8.72</t>
   </si>
   <si>
     <t>Максим Чечнев</t>
   </si>
   <si>
     <t>13.36</t>
   </si>
   <si>
-    <t>8.55</t>
+    <t>11.67</t>
   </si>
   <si>
     <t>Егор Жогин</t>
   </si>
   <si>
     <t>13.55</t>
   </si>
   <si>
     <t>8.16</t>
   </si>
   <si>
     <t>Евгения Ильина</t>
   </si>
   <si>
     <t>13.71</t>
   </si>
   <si>
     <t>7.66</t>
   </si>
   <si>
     <t>Богдан Кашин</t>
   </si>
   <si>
     <t>14.32</t>
   </si>
@@ -434,96 +434,90 @@
   <si>
     <t>18.07</t>
   </si>
   <si>
     <t>12.75</t>
   </si>
   <si>
     <t>Матвей Мельников</t>
   </si>
   <si>
     <t>19.46</t>
   </si>
   <si>
     <t>15.70</t>
   </si>
   <si>
     <t>Егор Толстобров</t>
   </si>
   <si>
     <t>20.67</t>
   </si>
   <si>
     <t>16.57</t>
   </si>
   <si>
+    <t>Иван Стрешинский</t>
+  </si>
+  <si>
+    <t>24.13</t>
+  </si>
+  <si>
+    <t>13.54</t>
+  </si>
+  <si>
+    <t>Илья Аверин</t>
+  </si>
+  <si>
+    <t>25.71</t>
+  </si>
+  <si>
+    <t>20.00</t>
+  </si>
+  <si>
+    <t>Михаил Силкин</t>
+  </si>
+  <si>
+    <t>25.72</t>
+  </si>
+  <si>
+    <t>21.63</t>
+  </si>
+  <si>
+    <t>Аркадий Ушмодин</t>
+  </si>
+  <si>
+    <t>40.61</t>
+  </si>
+  <si>
+    <t>Елизавета Ушмодина</t>
+  </si>
+  <si>
+    <t>Максим Воркунов</t>
+  </si>
+  <si>
     <t>Руслан Романенко</t>
-  </si>
-[...43 lines deleted...]
-    <t>Максим Воркунов</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1097,65 +1091,65 @@
         <v>48</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
         <v>49</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>50</v>
       </c>
       <c r="D17" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
         <v>52</v>
       </c>
       <c r="C18" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="D18" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
+        <v>54</v>
+      </c>
+      <c r="C19" s="1" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
       <c r="D19" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
         <v>57</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>58</v>
       </c>
       <c r="D20" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
         <v>60</v>
@@ -1558,78 +1552,70 @@
       <c r="D49" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
         <v>146</v>
       </c>
       <c r="C50" s="1" t="s">
         <v>147</v>
       </c>
       <c r="D50" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
         <v>149</v>
       </c>
-      <c r="C51" s="1" t="s">
+      <c r="C51" s="1"/>
+      <c r="D51" t="s">
         <v>150</v>
       </c>
-      <c r="D51" t="s">
+    </row>
+    <row r="52" spans="1:4">
+      <c r="B52" t="s">
         <v>151</v>
       </c>
-    </row>
-[...6 lines deleted...]
-      </c>
       <c r="C52" s="1"/>
-      <c r="D52" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="53" spans="1:4">
       <c r="B53" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="C53" s="1"/>
     </row>
     <row r="54" spans="1:4">
       <c r="B54" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="C54" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>