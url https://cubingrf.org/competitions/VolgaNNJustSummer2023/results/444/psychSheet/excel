--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -17,387 +17,387 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="444" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="114">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Slavomil Voloskov</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Славомил Волосков</t>
   </si>
   <si>
     <t>29.37</t>
   </si>
   <si>
     <t>24.07</t>
   </si>
   <si>
-    <t>Dmitry Vasilyev</t>
+    <t>Дмитрий Васильев</t>
   </si>
   <si>
     <t>32.83</t>
   </si>
   <si>
     <t>28.74</t>
   </si>
   <si>
-    <t>Aleksandr Dokin</t>
+    <t>Александр Докин</t>
   </si>
   <si>
     <t>33.11</t>
   </si>
   <si>
     <t>27.22</t>
   </si>
   <si>
-    <t>Dmitry Nagirnyak</t>
+    <t>Дмитрий Нагирняк</t>
   </si>
   <si>
     <t>29.33</t>
   </si>
   <si>
-    <t>Andrey Sinitsyn</t>
+    <t>Полина Лаптева</t>
+  </si>
+  <si>
+    <t>33.52</t>
+  </si>
+  <si>
+    <t>29.38</t>
+  </si>
+  <si>
+    <t>Андрей Синицын</t>
   </si>
   <si>
     <t>34.93</t>
   </si>
   <si>
     <t>31.39</t>
   </si>
   <si>
-    <t>Alexander Ermakov</t>
+    <t>Александр Ермаков</t>
   </si>
   <si>
     <t>36.21</t>
   </si>
   <si>
     <t>30.98</t>
   </si>
   <si>
-    <t>Daniil Tambovtsev</t>
+    <t>Даниил Тамбовцев</t>
   </si>
   <si>
     <t>36.27</t>
   </si>
   <si>
     <t>31.80</t>
   </si>
   <si>
-    <t>Polina Lapteva</t>
-[...8 lines deleted...]
-    <t>Vadim Sukharev</t>
+    <t>Вадим Сухарев</t>
   </si>
   <si>
     <t>37.77</t>
   </si>
   <si>
     <t>34.75</t>
   </si>
   <si>
-    <t>Artur Chechekhin</t>
+    <t>Артур Чечёхин</t>
   </si>
   <si>
     <t>39.47</t>
   </si>
   <si>
     <t>32.28</t>
   </si>
   <si>
-    <t>Osip Cheburashkin</t>
+    <t>Осип Чебурашкин</t>
   </si>
   <si>
     <t>40.10</t>
   </si>
   <si>
     <t>36.29</t>
   </si>
   <si>
-    <t>Dmitrii Saukov</t>
+    <t>Дмитрий Сауков</t>
   </si>
   <si>
     <t>40.49</t>
   </si>
   <si>
     <t>31.58</t>
   </si>
   <si>
-    <t>Andrei Maslov</t>
+    <t>Андрей Маслов</t>
   </si>
   <si>
     <t>42.34</t>
   </si>
   <si>
     <t>36.49</t>
   </si>
   <si>
-    <t>Vladimir Filin</t>
+    <t>Владимир Филин</t>
   </si>
   <si>
     <t>42.87</t>
   </si>
   <si>
     <t>35.01</t>
   </si>
   <si>
-    <t>Maksim Kozlovskiy</t>
+    <t>Максим Козловский</t>
   </si>
   <si>
     <t>43.34</t>
   </si>
   <si>
     <t>36.85</t>
   </si>
   <si>
-    <t>Nikita Platonov</t>
+    <t>Никита Платонов</t>
   </si>
   <si>
     <t>44.10</t>
   </si>
   <si>
     <t>34.37</t>
   </si>
   <si>
-    <t>Daniil Abdulov</t>
+    <t>Даниил Абдулов</t>
   </si>
   <si>
     <t>45.27</t>
   </si>
   <si>
     <t>37.68</t>
   </si>
   <si>
-    <t>Timofey Tyulpakov</t>
+    <t>Тимофей Тюльпаков</t>
   </si>
   <si>
     <t>46.43</t>
   </si>
   <si>
     <t>37.23</t>
   </si>
   <si>
-    <t>Andrey Koposov</t>
+    <t>Андрей Копосов</t>
   </si>
   <si>
     <t>47.14</t>
   </si>
   <si>
     <t>39.73</t>
   </si>
   <si>
-    <t>Danila Shuvaev</t>
+    <t>Данила Шуваев</t>
   </si>
   <si>
     <t>47.81</t>
   </si>
   <si>
-    <t>Vasilii Nikolashin</t>
+    <t>Василий Николашин</t>
   </si>
   <si>
     <t>49.55</t>
   </si>
   <si>
     <t>42.20</t>
   </si>
   <si>
-    <t>Olga Yasakova</t>
+    <t>Ольга Ясакова</t>
   </si>
   <si>
     <t>52.41</t>
   </si>
   <si>
-    <t>44.66</t>
-[...2 lines deleted...]
-    <t>Gleb Batenin</t>
+    <t>42.85</t>
+  </si>
+  <si>
+    <t>Глеб Батенин</t>
   </si>
   <si>
     <t>53.24</t>
   </si>
   <si>
     <t>47.64</t>
   </si>
   <si>
-    <t>Alexey Koritskiy</t>
+    <t>Алексей Корицкий</t>
   </si>
   <si>
     <t>54.46</t>
   </si>
   <si>
     <t>47.68</t>
   </si>
   <si>
-    <t>Nikolai Gomelchuk</t>
+    <t>Николай Гомельчук</t>
   </si>
   <si>
     <t>57.22</t>
   </si>
   <si>
     <t>50.26</t>
   </si>
   <si>
-    <t>Pavel Mishin</t>
+    <t>Павел Мишин</t>
   </si>
   <si>
     <t>58.37</t>
   </si>
   <si>
     <t>53.37</t>
   </si>
   <si>
-    <t>Georgii Avetikov</t>
+    <t>Георгий Аветиков</t>
   </si>
   <si>
     <t>59.22</t>
   </si>
   <si>
     <t>52.20</t>
   </si>
   <si>
-    <t>Olga Fyodorova</t>
+    <t>Ольга Фёдорова</t>
   </si>
   <si>
     <t>59.72</t>
   </si>
   <si>
     <t>48.38</t>
   </si>
   <si>
-    <t>Vera Gorina</t>
+    <t>Вера Горина</t>
   </si>
   <si>
     <t>1:00.40</t>
   </si>
   <si>
     <t>49.91</t>
   </si>
   <si>
-    <t>Nikolay Odegov</t>
+    <t>Николай Одегов</t>
   </si>
   <si>
     <t>1:00.63</t>
   </si>
   <si>
     <t>56.38</t>
   </si>
   <si>
-    <t>Daniil Kubasov</t>
+    <t>Даниил Кубасов</t>
   </si>
   <si>
     <t>1:05.21</t>
   </si>
   <si>
     <t>58.97</t>
   </si>
   <si>
-    <t>Muhammad Kudaev</t>
+    <t>Мухаммад Кудаев</t>
   </si>
   <si>
     <t>1:13.79</t>
   </si>
   <si>
     <t>1:06.11</t>
   </si>
   <si>
-    <t>Islam Razhev</t>
+    <t>Ислам Ражев</t>
   </si>
   <si>
     <t>1:26.49</t>
   </si>
   <si>
     <t>1:10.07</t>
   </si>
   <si>
-    <t>Mark Miruk</t>
+    <t>Марк Мирук</t>
   </si>
   <si>
     <t>1:52.47</t>
   </si>
   <si>
     <t>1:33.19</t>
   </si>
   <si>
-    <t>Semen Avdeyev</t>
+    <t>Семен Авдеев</t>
   </si>
   <si>
     <t>2:15.33</t>
   </si>
   <si>
     <t>1:28.14</t>
   </si>
   <si>
-    <t>Daniil Romashkov</t>
+    <t>Даниил Ромашков</t>
   </si>
   <si>
     <t>1:32.89</t>
   </si>
   <si>
-    <t>Sengge Mutulov</t>
+    <t>Сенгге Мутулов</t>
   </si>
   <si>
     <t>1:38.09</t>
   </si>
   <si>
-    <t>Aleksandr Govorkov</t>
+    <t>Александр Говорков</t>
   </si>
   <si>
     <t>1:46.69</t>
   </si>
   <si>
-    <t>Timur Kudayev</t>
+    <t>Тимур Кудаев</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -720,51 +720,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D40"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C40" sqref="C40"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>