--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -29,327 +29,327 @@
     <sheet name="444" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="114">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Славомил Волосков</t>
   </si>
   <si>
-    <t>29.37</t>
+    <t>27.77</t>
   </si>
   <si>
     <t>24.07</t>
   </si>
   <si>
     <t>Дмитрий Васильев</t>
   </si>
   <si>
     <t>32.83</t>
   </si>
   <si>
     <t>28.74</t>
   </si>
   <si>
     <t>Александр Докин</t>
   </si>
   <si>
     <t>33.11</t>
   </si>
   <si>
     <t>27.22</t>
   </si>
   <si>
     <t>Дмитрий Нагирняк</t>
   </si>
   <si>
     <t>29.33</t>
   </si>
   <si>
     <t>Полина Лаптева</t>
   </si>
   <si>
     <t>33.52</t>
   </si>
   <si>
     <t>29.38</t>
   </si>
   <si>
     <t>Андрей Синицын</t>
   </si>
   <si>
     <t>34.93</t>
   </si>
   <si>
     <t>31.39</t>
   </si>
   <si>
+    <t>Вадим Сухарев</t>
+  </si>
+  <si>
+    <t>35.27</t>
+  </si>
+  <si>
+    <t>33.55</t>
+  </si>
+  <si>
     <t>Александр Ермаков</t>
   </si>
   <si>
     <t>36.21</t>
   </si>
   <si>
     <t>30.98</t>
   </si>
   <si>
     <t>Даниил Тамбовцев</t>
   </si>
   <si>
     <t>36.27</t>
   </si>
   <si>
     <t>31.80</t>
   </si>
   <si>
-    <t>Вадим Сухарев</t>
-[...7 lines deleted...]
-  <si>
     <t>Артур Чечёхин</t>
   </si>
   <si>
     <t>39.47</t>
   </si>
   <si>
-    <t>32.28</t>
+    <t>36.28</t>
   </si>
   <si>
     <t>Осип Чебурашкин</t>
   </si>
   <si>
     <t>40.10</t>
   </si>
   <si>
     <t>36.29</t>
   </si>
   <si>
     <t>Дмитрий Сауков</t>
   </si>
   <si>
     <t>40.49</t>
   </si>
   <si>
     <t>31.58</t>
   </si>
   <si>
+    <t>Владимир Филин</t>
+  </si>
+  <si>
+    <t>41.90</t>
+  </si>
+  <si>
+    <t>35.01</t>
+  </si>
+  <si>
     <t>Андрей Маслов</t>
   </si>
   <si>
     <t>42.34</t>
   </si>
   <si>
     <t>36.49</t>
   </si>
   <si>
-    <t>Владимир Филин</t>
-[...7 lines deleted...]
-  <si>
     <t>Максим Козловский</t>
   </si>
   <si>
     <t>43.34</t>
   </si>
   <si>
     <t>36.85</t>
   </si>
   <si>
     <t>Никита Платонов</t>
   </si>
   <si>
     <t>44.10</t>
   </si>
   <si>
     <t>34.37</t>
   </si>
   <si>
     <t>Даниил Абдулов</t>
   </si>
   <si>
-    <t>45.27</t>
+    <t>44.48</t>
   </si>
   <si>
     <t>37.68</t>
   </si>
   <si>
     <t>Тимофей Тюльпаков</t>
   </si>
   <si>
     <t>46.43</t>
   </si>
   <si>
     <t>37.23</t>
   </si>
   <si>
     <t>Андрей Копосов</t>
   </si>
   <si>
     <t>47.14</t>
   </si>
   <si>
     <t>39.73</t>
   </si>
   <si>
     <t>Данила Шуваев</t>
   </si>
   <si>
-    <t>47.81</t>
+    <t>48.58</t>
+  </si>
+  <si>
+    <t>41.11</t>
   </si>
   <si>
     <t>Василий Николашин</t>
   </si>
   <si>
     <t>49.55</t>
   </si>
   <si>
     <t>42.20</t>
   </si>
   <si>
     <t>Ольга Ясакова</t>
   </si>
   <si>
     <t>52.41</t>
   </si>
   <si>
     <t>42.85</t>
   </si>
   <si>
     <t>Глеб Батенин</t>
   </si>
   <si>
     <t>53.24</t>
   </si>
   <si>
     <t>47.64</t>
   </si>
   <si>
     <t>Алексей Корицкий</t>
   </si>
   <si>
-    <t>54.46</t>
+    <t>54.48</t>
   </si>
   <si>
     <t>47.68</t>
   </si>
   <si>
     <t>Николай Гомельчук</t>
   </si>
   <si>
     <t>57.22</t>
   </si>
   <si>
     <t>50.26</t>
   </si>
   <si>
+    <t>Георгий Аветиков</t>
+  </si>
+  <si>
+    <t>59.22</t>
+  </si>
+  <si>
+    <t>52.20</t>
+  </si>
+  <si>
     <t>Павел Мишин</t>
   </si>
   <si>
-    <t>58.37</t>
-[...1 lines deleted...]
-  <si>
     <t>53.37</t>
   </si>
   <si>
-    <t>Георгий Аветиков</t>
-[...7 lines deleted...]
-  <si>
     <t>Ольга Фёдорова</t>
   </si>
   <si>
     <t>59.72</t>
   </si>
   <si>
     <t>48.38</t>
   </si>
   <si>
     <t>Вера Горина</t>
   </si>
   <si>
     <t>1:00.40</t>
   </si>
   <si>
     <t>49.91</t>
   </si>
   <si>
     <t>Николай Одегов</t>
   </si>
   <si>
     <t>1:00.63</t>
   </si>
   <si>
     <t>56.38</t>
   </si>
   <si>
     <t>Даниил Кубасов</t>
   </si>
   <si>
     <t>1:05.21</t>
   </si>
   <si>
     <t>58.97</t>
   </si>
   <si>
     <t>Мухаммад Кудаев</t>
   </si>
   <si>
     <t>1:13.79</t>
   </si>
   <si>
-    <t>1:06.11</t>
+    <t>1:09.30</t>
   </si>
   <si>
     <t>Ислам Ражев</t>
   </si>
   <si>
     <t>1:26.49</t>
   </si>
   <si>
     <t>1:10.07</t>
   </si>
   <si>
     <t>Марк Мирук</t>
   </si>
   <si>
     <t>1:52.47</t>
   </si>
   <si>
     <t>1:33.19</t>
   </si>
   <si>
     <t>Семен Авдеев</t>
   </si>
   <si>
     <t>2:15.33</t>
   </si>
@@ -1016,146 +1016,146 @@
     <row r="20" spans="1:4">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
         <v>57</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>58</v>
       </c>
       <c r="D20" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
         <v>60</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>61</v>
       </c>
       <c r="D21" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D22" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D23" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D24" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D25" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D26" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D27" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="D28" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
         <v>83</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>84</v>
       </c>
       <c r="D29" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
         <v>86</v>