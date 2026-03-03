--- v0 (2025-11-30)
+++ v1 (2026-03-03)
@@ -53,135 +53,135 @@
   <si>
     <t>50.67</t>
   </si>
   <si>
     <t>44.88</t>
   </si>
   <si>
     <t>Дмитрий Васильев</t>
   </si>
   <si>
     <t>55.24</t>
   </si>
   <si>
     <t>50.34</t>
   </si>
   <si>
     <t>Александр Докин</t>
   </si>
   <si>
     <t>1:01.12</t>
   </si>
   <si>
     <t>54.00</t>
   </si>
   <si>
+    <t>Вадим Сухарев</t>
+  </si>
+  <si>
+    <t>1:05.43</t>
+  </si>
+  <si>
+    <t>59.43</t>
+  </si>
+  <si>
     <t>Андрей Синицын</t>
   </si>
   <si>
     <t>1:08.75</t>
   </si>
   <si>
     <t>1:06.10</t>
   </si>
   <si>
-    <t>Вадим Сухарев</t>
-[...5 lines deleted...]
-    <t>59.43</t>
+    <t>Полина Лаптева</t>
+  </si>
+  <si>
+    <t>1:09.32</t>
+  </si>
+  <si>
+    <t>57.96</t>
   </si>
   <si>
     <t>Артур Чечёхин</t>
   </si>
   <si>
     <t>1:10.84</t>
   </si>
   <si>
     <t>1:03.37</t>
   </si>
   <si>
-    <t>Полина Лаптева</t>
-[...5 lines deleted...]
-    <t>1:00.05</t>
+    <t>Осип Чебурашкин</t>
+  </si>
+  <si>
+    <t>1:11.70</t>
+  </si>
+  <si>
+    <t>1:08.49</t>
   </si>
   <si>
     <t>Александр Ермаков</t>
   </si>
   <si>
     <t>1:17.55</t>
   </si>
   <si>
     <t>1:07.61</t>
   </si>
   <si>
     <t>Дмитрий Нагирняк</t>
   </si>
   <si>
     <t>1:17.68</t>
   </si>
   <si>
     <t>1:11.67</t>
   </si>
   <si>
-    <t>Осип Чебурашкин</t>
-[...7 lines deleted...]
-  <si>
     <t>Дмитрий Сауков</t>
   </si>
   <si>
     <t>1:22.06</t>
   </si>
   <si>
     <t>1:14.74</t>
   </si>
   <si>
     <t>Андрей Маслов</t>
   </si>
   <si>
     <t>1:27.68</t>
   </si>
   <si>
     <t>1:21.00</t>
   </si>
   <si>
     <t>Ольга Ясакова</t>
   </si>
   <si>
-    <t>1:30.99</t>
+    <t>1:29.76</t>
   </si>
   <si>
     <t>1:15.87</t>
   </si>
   <si>
     <t>Никита Платонов</t>
   </si>
   <si>
     <t>1:32.17</t>
   </si>
   <si>
     <t>1:25.13</t>
   </si>
   <si>
     <t>Даниил Абдулов</t>
   </si>
   <si>
     <t>1:34.57</t>
   </si>
   <si>
     <t>1:24.90</t>
   </si>
   <si>
     <t>Тимофей Тюльпаков</t>
   </si>