--- v0 (2025-11-30)
+++ v1 (2026-03-03)
@@ -32,96 +32,96 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="28">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Имя и фамилия участника</t>
   </si>
   <si>
     <t>Среднее</t>
   </si>
   <si>
     <t>Лучшее</t>
   </si>
   <si>
     <t>Славомил Волосков</t>
   </si>
   <si>
     <t>2:24.68</t>
   </si>
   <si>
-    <t>2:18.94</t>
+    <t>2:16.59</t>
   </si>
   <si>
     <t>Александр Докин</t>
   </si>
   <si>
     <t>2:48.54</t>
   </si>
   <si>
     <t>2:37.94</t>
   </si>
   <si>
     <t>Дмитрий Васильев</t>
   </si>
   <si>
     <t>2:48.71</t>
   </si>
   <si>
     <t>2:37.21</t>
   </si>
   <si>
     <t>Осип Чебурашкин</t>
   </si>
   <si>
     <t>3:42.79</t>
   </si>
   <si>
     <t>3:35.39</t>
   </si>
   <si>
     <t>Артур Чечёхин</t>
   </si>
   <si>
     <t>3:57.75</t>
   </si>
   <si>
     <t>3:40.17</t>
   </si>
   <si>
     <t>Ольга Ясакова</t>
   </si>
   <si>
-    <t>4:13.42</t>
-[...2 lines deleted...]
-    <t>4:04.32</t>
+    <t>4:18.15</t>
+  </si>
+  <si>
+    <t>4:07.24</t>
   </si>
   <si>
     <t>Андрей Синицын</t>
   </si>
   <si>
     <t>4:36.24</t>
   </si>
   <si>
     <t>3:26.49</t>
   </si>
   <si>
     <t>Николай Одегов</t>
   </si>
   <si>
     <t>7:17.71</t>
   </si>
   <si>
     <t>Ислам Ражев</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>