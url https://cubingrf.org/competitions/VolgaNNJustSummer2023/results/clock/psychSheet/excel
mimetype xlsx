--- v0 (2025-11-30)
+++ v1 (2026-03-03)
@@ -12,401 +12,398 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="clock" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="118">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="117">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Dmitry Gundin</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Дмитрий Гундин</t>
   </si>
   <si>
     <t>3.59</t>
   </si>
   <si>
     <t>2.53</t>
   </si>
   <si>
-    <t>Andrey Sinitsyn</t>
+    <t>Андрей Синицын</t>
   </si>
   <si>
     <t>3.70</t>
   </si>
   <si>
     <t>2.92</t>
   </si>
   <si>
-    <t>Daniil Tambovtsev</t>
+    <t>Даниил Тамбовцев</t>
   </si>
   <si>
     <t>5.40</t>
   </si>
   <si>
     <t>4.32</t>
   </si>
   <si>
-    <t>Ivan Oleinikov</t>
+    <t>Иван Олейников</t>
   </si>
   <si>
     <t>5.71</t>
   </si>
   <si>
     <t>5.07</t>
   </si>
   <si>
-    <t>Aleksandr Dokin</t>
+    <t>Александр Докин</t>
   </si>
   <si>
     <t>5.96</t>
   </si>
   <si>
     <t>5.12</t>
   </si>
   <si>
-    <t>Alexey Gundin</t>
+    <t>Алексей Гундин</t>
   </si>
   <si>
     <t>6.22</t>
   </si>
   <si>
     <t>5.85</t>
   </si>
   <si>
-    <t>Dmitry Vasilyev</t>
+    <t>Дмитрий Васильев</t>
   </si>
   <si>
     <t>6.47</t>
   </si>
   <si>
     <t>5.25</t>
   </si>
   <si>
-    <t>Dmitry Nagirnyak</t>
+    <t>Дмитрий Нагирняк</t>
   </si>
   <si>
     <t>7.56</t>
   </si>
   <si>
     <t>6.33</t>
   </si>
   <si>
-    <t>Nikita Platonov</t>
+    <t>Никита Платонов</t>
   </si>
   <si>
     <t>7.60</t>
   </si>
   <si>
     <t>6.30</t>
   </si>
   <si>
-    <t>Slavomil Voloskov</t>
+    <t>Славомил Волосков</t>
   </si>
   <si>
     <t>7.66</t>
   </si>
   <si>
-    <t>5.69</t>
-[...2 lines deleted...]
-    <t>Polina Lapteva</t>
+    <t>5.32</t>
+  </si>
+  <si>
+    <t>Полина Лаптева</t>
   </si>
   <si>
     <t>7.95</t>
   </si>
   <si>
     <t>7.12</t>
   </si>
   <si>
-    <t>Timofey Tyulpakov</t>
+    <t>Тимофей Тюльпаков</t>
   </si>
   <si>
     <t>8.52</t>
   </si>
   <si>
     <t>7.18</t>
   </si>
   <si>
-    <t>Vasilii Nikolashin</t>
+    <t>Василий Николашин</t>
   </si>
   <si>
     <t>8.80</t>
   </si>
   <si>
     <t>7.93</t>
   </si>
   <si>
-    <t>Nikolai Gomelchuk</t>
+    <t>Николай Гомельчук</t>
   </si>
   <si>
     <t>8.87</t>
   </si>
   <si>
     <t>8.12</t>
   </si>
   <si>
-    <t>Daniil Abdulov</t>
+    <t>Даниил Абдулов</t>
   </si>
   <si>
     <t>9.31</t>
   </si>
   <si>
     <t>6.63</t>
   </si>
   <si>
-    <t>Andrei Maslov</t>
+    <t>Андрей Маслов</t>
   </si>
   <si>
     <t>9.41</t>
   </si>
   <si>
     <t>8.68</t>
   </si>
   <si>
-    <t>Nikolay Odegov</t>
+    <t>Николай Одегов</t>
   </si>
   <si>
     <t>10.35</t>
   </si>
   <si>
     <t>8.59</t>
   </si>
   <si>
-    <t>Aleksandr Govorkov</t>
-[...8 lines deleted...]
-    <t>Gleb Batenin</t>
+    <t>Глеб Батенин</t>
   </si>
   <si>
     <t>11.64</t>
   </si>
   <si>
     <t>9.79</t>
   </si>
   <si>
-    <t>Vera Gorina</t>
+    <t>Вера Горина</t>
   </si>
   <si>
     <t>12.50</t>
   </si>
   <si>
     <t>10.51</t>
   </si>
   <si>
-    <t>Maksim Kozlovskiy</t>
+    <t>Александр Говорков</t>
+  </si>
+  <si>
+    <t>12.96</t>
+  </si>
+  <si>
+    <t>10.14</t>
+  </si>
+  <si>
+    <t>Максим Козловский</t>
   </si>
   <si>
     <t>13.04</t>
   </si>
   <si>
     <t>9.94</t>
   </si>
   <si>
-    <t>Osip Cheburashkin</t>
+    <t>Ольга Ясакова</t>
+  </si>
+  <si>
+    <t>13.99</t>
+  </si>
+  <si>
+    <t>12.84</t>
+  </si>
+  <si>
+    <t>Осип Чебурашкин</t>
   </si>
   <si>
     <t>14.14</t>
   </si>
   <si>
     <t>13.37</t>
   </si>
   <si>
-    <t>Olga Yasakova</t>
-[...8 lines deleted...]
-    <t>Georgii Avetikov</t>
+    <t>Георгий Аветиков</t>
   </si>
   <si>
     <t>15.27</t>
   </si>
   <si>
     <t>14.03</t>
   </si>
   <si>
-    <t>Islam Razhev</t>
+    <t>Ислам Ражев</t>
   </si>
   <si>
     <t>16.12</t>
   </si>
   <si>
-    <t>14.43</t>
-[...11 lines deleted...]
-    <t>Sengge Mutulov</t>
+    <t>14.88</t>
+  </si>
+  <si>
+    <t>Сенгге Мутулов</t>
   </si>
   <si>
     <t>16.45</t>
   </si>
   <si>
     <t>14.08</t>
   </si>
   <si>
-    <t>Olga Fyodorova</t>
+    <t>Александр Большаков</t>
+  </si>
+  <si>
+    <t>16.46</t>
+  </si>
+  <si>
+    <t>15.30</t>
+  </si>
+  <si>
+    <t>Ольга Фёдорова</t>
   </si>
   <si>
     <t>16.89</t>
   </si>
   <si>
     <t>14.64</t>
   </si>
   <si>
-    <t>Artëm Senkevich</t>
+    <t>Артём Сенкевич</t>
   </si>
   <si>
     <t>17.86</t>
   </si>
   <si>
     <t>15.73</t>
   </si>
   <si>
-    <t>Kirill Nikiforov</t>
+    <t>Кирилл Никифоров</t>
   </si>
   <si>
     <t>17.89</t>
   </si>
   <si>
-    <t>Mark Miruk</t>
+    <t>Марк Мирук</t>
   </si>
   <si>
     <t>17.94</t>
   </si>
   <si>
     <t>14.24</t>
   </si>
   <si>
-    <t>Pavel Mishin</t>
+    <t>Павел Мишин</t>
   </si>
   <si>
     <t>18.05</t>
   </si>
   <si>
     <t>11.52</t>
   </si>
   <si>
-    <t>Semen Avdeyev</t>
+    <t>Семен Авдеев</t>
   </si>
   <si>
     <t>20.43</t>
   </si>
   <si>
     <t>18.26</t>
   </si>
   <si>
-    <t>Denis Milov</t>
-[...2 lines deleted...]
-    <t>22.72</t>
+    <t>Денис Милов</t>
+  </si>
+  <si>
+    <t>23.70</t>
   </si>
   <si>
     <t>20.36</t>
   </si>
   <si>
-    <t>Arkadiy Ushmodin</t>
+    <t>Аркадий Ушмодин</t>
   </si>
   <si>
     <t>25.15</t>
   </si>
   <si>
     <t>20.26</t>
   </si>
   <si>
-    <t>Muhammad Kudaev</t>
-[...8 lines deleted...]
-    <t>Marina Odegova</t>
+    <t>Марина Одегова</t>
   </si>
   <si>
     <t>38.26</t>
   </si>
   <si>
     <t>30.95</t>
   </si>
   <si>
-    <t>Ilʹya Yefremov</t>
+    <t>Мухаммад Кудаев</t>
+  </si>
+  <si>
+    <t>20.24</t>
+  </si>
+  <si>
+    <t>Илья Ефремов</t>
   </si>
   <si>
     <t>36.35</t>
   </si>
   <si>
-    <t>Teo Miroshkin</t>
+    <t>Тео Мирошкин</t>
   </si>
   <si>
     <t>49.57</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -732,53 +729,53 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D40"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C40" sqref="C40"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
@@ -1262,79 +1259,77 @@
       <c r="D36" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
         <v>108</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>109</v>
       </c>
       <c r="D37" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
         <v>111</v>
       </c>
-      <c r="C38" s="1" t="s">
+      <c r="C38" s="1"/>
+      <c r="D38" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="C39" s="1"/>
       <c r="D39" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="C40" s="1"/>
       <c r="D40" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>