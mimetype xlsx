--- v0 (2026-01-15)
+++ v1 (2026-01-15)
@@ -17,432 +17,432 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="skewb" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="130">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Competitor</t>
-[...8 lines deleted...]
-    <t>Vladimir Filin</t>
+    <t>Имя и фамилия участника</t>
+  </si>
+  <si>
+    <t>Среднее</t>
+  </si>
+  <si>
+    <t>Лучшее</t>
+  </si>
+  <si>
+    <t>Владимир Филин</t>
   </si>
   <si>
     <t>2.33</t>
   </si>
   <si>
     <t>1.03</t>
   </si>
   <si>
-    <t>Dmitry Gundin</t>
+    <t>Дмитрий Гундин</t>
   </si>
   <si>
     <t>2.88</t>
   </si>
   <si>
     <t>1.68</t>
   </si>
   <si>
-    <t>Artem Kulikov</t>
+    <t>Артём Куликов</t>
   </si>
   <si>
     <t>3.11</t>
   </si>
   <si>
     <t>1.66</t>
   </si>
   <si>
-    <t>Slavomil Voloskov</t>
+    <t>Славомил Волосков</t>
   </si>
   <si>
     <t>3.75</t>
   </si>
   <si>
     <t>1.90</t>
   </si>
   <si>
-    <t>Nikolai Gomelchuk</t>
+    <t>Николай Гомельчук</t>
   </si>
   <si>
     <t>4.62</t>
   </si>
   <si>
     <t>2.93</t>
   </si>
   <si>
-    <t>Georgii Avetikov</t>
+    <t>Георгий Аветиков</t>
   </si>
   <si>
     <t>4.65</t>
   </si>
   <si>
     <t>3.33</t>
   </si>
   <si>
-    <t>Vadim Sukharev</t>
+    <t>Вадим Сухарев</t>
   </si>
   <si>
     <t>4.89</t>
   </si>
   <si>
     <t>3.04</t>
   </si>
   <si>
-    <t>Daniil Abdulov</t>
+    <t>Даниил Абдулов</t>
   </si>
   <si>
     <t>4.99</t>
   </si>
   <si>
     <t>2.53</t>
   </si>
   <si>
-    <t>Dmitry Vasilyev</t>
+    <t>Дмитрий Васильев</t>
   </si>
   <si>
     <t>5.35</t>
   </si>
   <si>
     <t>2.77</t>
   </si>
   <si>
-    <t>Nikolay Odegov</t>
+    <t>Николай Одегов</t>
   </si>
   <si>
     <t>5.46</t>
   </si>
   <si>
     <t>4.23</t>
   </si>
   <si>
-    <t>Aleksandr Dokin</t>
+    <t>Александр Докин</t>
   </si>
   <si>
     <t>5.53</t>
   </si>
   <si>
     <t>3.47</t>
   </si>
   <si>
-    <t>Andrei Maslov</t>
+    <t>Андрей Маслов</t>
   </si>
   <si>
     <t>5.85</t>
   </si>
   <si>
     <t>3.02</t>
   </si>
   <si>
-    <t>Ilarion Kamardin</t>
+    <t>Иларион Камардин</t>
   </si>
   <si>
     <t>6.01</t>
   </si>
   <si>
     <t>3.21</t>
   </si>
   <si>
-    <t>Andrey Sinitsyn</t>
+    <t>Андрей Синицын</t>
   </si>
   <si>
     <t>6.29</t>
   </si>
   <si>
     <t>4.19</t>
   </si>
   <si>
-    <t>Islam Razhev</t>
+    <t>Ислам Ражев</t>
   </si>
   <si>
     <t>6.44</t>
   </si>
   <si>
     <t>3.18</t>
   </si>
   <si>
-    <t>Dmitry Nagirnyak</t>
+    <t>Дмитрий Нагирняк</t>
   </si>
   <si>
     <t>6.51</t>
   </si>
   <si>
-    <t>Mikhail Goncharenko</t>
+    <t>Михаил Гончаренко</t>
   </si>
   <si>
     <t>6.66</t>
   </si>
   <si>
     <t>3.92</t>
   </si>
   <si>
-    <t>Maksim Kozlovskiy</t>
+    <t>Максим Козловский</t>
   </si>
   <si>
     <t>7.23</t>
   </si>
   <si>
     <t>4.38</t>
   </si>
   <si>
-    <t>Timofey Tyulpakov</t>
+    <t>Тимофей Тюльпаков</t>
   </si>
   <si>
     <t>7.46</t>
   </si>
   <si>
     <t>3.32</t>
   </si>
   <si>
-    <t>Marina Shchukina</t>
+    <t>Марина Щукина</t>
   </si>
   <si>
     <t>7.62</t>
   </si>
   <si>
     <t>4.96</t>
   </si>
   <si>
-    <t>Agata Komekova</t>
+    <t>Агата Комекова</t>
   </si>
   <si>
     <t>7.88</t>
   </si>
   <si>
     <t>5.01</t>
   </si>
   <si>
-    <t>Olga Fyodorova</t>
+    <t>Ольга Фёдорова</t>
   </si>
   <si>
     <t>8.09</t>
   </si>
   <si>
     <t>4.33</t>
   </si>
   <si>
-    <t>Vasilii Nikolashin</t>
+    <t>Василий Николашин</t>
   </si>
   <si>
     <t>8.24</t>
   </si>
   <si>
     <t>4.66</t>
   </si>
   <si>
-    <t>Osip Cheburashkin</t>
+    <t>Осип Чебурашкин</t>
   </si>
   <si>
     <t>8.49</t>
   </si>
   <si>
     <t>4.87</t>
   </si>
   <si>
-    <t>Vera Gorina</t>
+    <t>Вера Горина</t>
   </si>
   <si>
     <t>8.69</t>
   </si>
   <si>
-    <t>Alexey Koritskiy</t>
+    <t>Алексей Корицкий</t>
   </si>
   <si>
     <t>8.71</t>
   </si>
   <si>
     <t>5.30</t>
   </si>
   <si>
-    <t>Sengge Mutulov</t>
+    <t>Сенгге Мутулов</t>
   </si>
   <si>
     <t>10.46</t>
   </si>
   <si>
     <t>8.39</t>
   </si>
   <si>
-    <t>Nikita Platonov</t>
+    <t>Никита Платонов</t>
   </si>
   <si>
     <t>10.49</t>
   </si>
   <si>
     <t>8.42</t>
   </si>
   <si>
-    <t>Gleb Batenin</t>
+    <t>Глеб Батенин</t>
   </si>
   <si>
     <t>10.60</t>
   </si>
   <si>
     <t>5.74</t>
   </si>
   <si>
-    <t>Olga Yasakova</t>
+    <t>Ольга Ясакова</t>
   </si>
   <si>
     <t>11.37</t>
   </si>
   <si>
     <t>7.12</t>
   </si>
   <si>
-    <t>Pavel Mishin</t>
+    <t>Павел Мишин</t>
   </si>
   <si>
     <t>11.69</t>
   </si>
   <si>
     <t>6.87</t>
   </si>
   <si>
-    <t>Artëm Senkevich</t>
+    <t>Артём Сенкевич</t>
   </si>
   <si>
     <t>11.98</t>
   </si>
   <si>
     <t>10.34</t>
   </si>
   <si>
-    <t>Oleg Korovin</t>
+    <t>Олег Коровин</t>
   </si>
   <si>
     <t>12.33</t>
   </si>
   <si>
     <t>6.33</t>
   </si>
   <si>
-    <t>Semen Avdeyev</t>
+    <t>Семен Авдеев</t>
   </si>
   <si>
     <t>14.60</t>
   </si>
   <si>
     <t>11.80</t>
   </si>
   <si>
-    <t>Aleksandr Govorkov</t>
+    <t>Александр Говорков</t>
   </si>
   <si>
     <t>14.62</t>
   </si>
   <si>
     <t>9.49</t>
   </si>
   <si>
-    <t>Daniil Kubasov</t>
+    <t>Даниил Кубасов</t>
   </si>
   <si>
     <t>14.76</t>
   </si>
   <si>
     <t>11.77</t>
   </si>
   <si>
-    <t>Sergey Kalachev</t>
+    <t>Сергей Калачев</t>
   </si>
   <si>
     <t>15.77</t>
   </si>
   <si>
     <t>11.73</t>
   </si>
   <si>
-    <t>Mark Miruk</t>
+    <t>Марк Мирук</t>
   </si>
   <si>
     <t>18.07</t>
   </si>
   <si>
     <t>12.75</t>
   </si>
   <si>
-    <t>Aleksandr Bolʹshakov</t>
+    <t>Александр Большаков</t>
   </si>
   <si>
     <t>19.27</t>
   </si>
   <si>
     <t>13.95</t>
   </si>
   <si>
-    <t>Daniil Romashkov</t>
+    <t>Даниил Ромашков</t>
   </si>
   <si>
     <t>22.15</t>
   </si>
   <si>
     <t>16.55</t>
   </si>
   <si>
-    <t>Kirill Nikiforov</t>
+    <t>Кирилл Никифоров</t>
   </si>
   <si>
     <t>24.39</t>
   </si>
   <si>
     <t>10.44</t>
   </si>
   <si>
-    <t>Kirill Kalachev</t>
+    <t>Кирилл Калачев</t>
   </si>
   <si>
     <t>37.99</t>
   </si>
   <si>
     <t>15.38</t>
   </si>
   <si>
-    <t>Arkadiy Ushmodin</t>
+    <t>Аркадий Ушмодин</t>
   </si>
   <si>
     <t>40.61</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -768,53 +768,53 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D44"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C44" sqref="C44"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>