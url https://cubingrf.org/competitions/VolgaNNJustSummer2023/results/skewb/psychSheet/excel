--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -17,432 +17,432 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="skewb" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="130">
   <si>
     <t>#</t>
   </si>
   <si>
-    <t>Имя и фамилия участника</t>
-[...8 lines deleted...]
-    <t>Владимир Филин</t>
+    <t>Competitor</t>
+  </si>
+  <si>
+    <t>Average</t>
+  </si>
+  <si>
+    <t>Best</t>
+  </si>
+  <si>
+    <t>Vladimir Filin</t>
   </si>
   <si>
     <t>2.33</t>
   </si>
   <si>
     <t>1.03</t>
   </si>
   <si>
-    <t>Дмитрий Гундин</t>
+    <t>Dmitry Gundin</t>
   </si>
   <si>
     <t>2.88</t>
   </si>
   <si>
     <t>1.68</t>
   </si>
   <si>
-    <t>Артём Куликов</t>
+    <t>Artem Kulikov</t>
   </si>
   <si>
     <t>3.11</t>
   </si>
   <si>
     <t>1.66</t>
   </si>
   <si>
-    <t>Славомил Волосков</t>
+    <t>Slavomil Voloskov</t>
   </si>
   <si>
     <t>3.75</t>
   </si>
   <si>
     <t>1.90</t>
   </si>
   <si>
-    <t>Николай Гомельчук</t>
+    <t>Nikolai Gomelchuk</t>
   </si>
   <si>
     <t>4.62</t>
   </si>
   <si>
     <t>2.93</t>
   </si>
   <si>
-    <t>Георгий Аветиков</t>
+    <t>Georgii Avetikov</t>
   </si>
   <si>
     <t>4.65</t>
   </si>
   <si>
     <t>3.33</t>
   </si>
   <si>
-    <t>Вадим Сухарев</t>
+    <t>Vadim Sukharev</t>
   </si>
   <si>
     <t>4.89</t>
   </si>
   <si>
     <t>3.04</t>
   </si>
   <si>
-    <t>Даниил Абдулов</t>
+    <t>Daniil Abdulov</t>
   </si>
   <si>
     <t>4.99</t>
   </si>
   <si>
     <t>2.53</t>
   </si>
   <si>
-    <t>Дмитрий Васильев</t>
+    <t>Dmitry Vasilyev</t>
   </si>
   <si>
     <t>5.35</t>
   </si>
   <si>
     <t>2.77</t>
   </si>
   <si>
-    <t>Николай Одегов</t>
+    <t>Nikolay Odegov</t>
   </si>
   <si>
     <t>5.46</t>
   </si>
   <si>
     <t>4.23</t>
   </si>
   <si>
-    <t>Александр Докин</t>
+    <t>Aleksandr Dokin</t>
   </si>
   <si>
     <t>5.53</t>
   </si>
   <si>
     <t>3.47</t>
   </si>
   <si>
-    <t>Андрей Маслов</t>
+    <t>Andrei Maslov</t>
   </si>
   <si>
     <t>5.85</t>
   </si>
   <si>
     <t>3.02</t>
   </si>
   <si>
-    <t>Иларион Камардин</t>
+    <t>Ilarion Kamardin</t>
   </si>
   <si>
     <t>6.01</t>
   </si>
   <si>
     <t>3.21</t>
   </si>
   <si>
-    <t>Андрей Синицын</t>
+    <t>Andrey Sinitsyn</t>
   </si>
   <si>
     <t>6.29</t>
   </si>
   <si>
     <t>4.19</t>
   </si>
   <si>
-    <t>Ислам Ражев</t>
+    <t>Islam Razhev</t>
   </si>
   <si>
     <t>6.44</t>
   </si>
   <si>
     <t>3.18</t>
   </si>
   <si>
-    <t>Дмитрий Нагирняк</t>
+    <t>Dmitry Nagirnyak</t>
   </si>
   <si>
     <t>6.51</t>
   </si>
   <si>
-    <t>Михаил Гончаренко</t>
+    <t>Mikhail Goncharenko</t>
   </si>
   <si>
     <t>6.66</t>
   </si>
   <si>
     <t>3.92</t>
   </si>
   <si>
-    <t>Максим Козловский</t>
+    <t>Maksim Kozlovskiy</t>
   </si>
   <si>
     <t>7.23</t>
   </si>
   <si>
     <t>4.38</t>
   </si>
   <si>
-    <t>Тимофей Тюльпаков</t>
+    <t>Timofey Tyulpakov</t>
   </si>
   <si>
     <t>7.46</t>
   </si>
   <si>
     <t>3.32</t>
   </si>
   <si>
-    <t>Марина Щукина</t>
+    <t>Marina Shchukina</t>
   </si>
   <si>
     <t>7.62</t>
   </si>
   <si>
     <t>4.96</t>
   </si>
   <si>
-    <t>Агата Комекова</t>
+    <t>Agata Komekova</t>
   </si>
   <si>
     <t>7.88</t>
   </si>
   <si>
     <t>5.01</t>
   </si>
   <si>
-    <t>Ольга Фёдорова</t>
+    <t>Olga Fyodorova</t>
   </si>
   <si>
     <t>8.09</t>
   </si>
   <si>
     <t>4.33</t>
   </si>
   <si>
-    <t>Василий Николашин</t>
+    <t>Vasilii Nikolashin</t>
   </si>
   <si>
     <t>8.24</t>
   </si>
   <si>
     <t>4.66</t>
   </si>
   <si>
-    <t>Осип Чебурашкин</t>
+    <t>Osip Cheburashkin</t>
   </si>
   <si>
     <t>8.49</t>
   </si>
   <si>
     <t>4.87</t>
   </si>
   <si>
-    <t>Вера Горина</t>
+    <t>Vera Gorina</t>
   </si>
   <si>
     <t>8.69</t>
   </si>
   <si>
-    <t>Алексей Корицкий</t>
+    <t>Alexey Koritskiy</t>
   </si>
   <si>
     <t>8.71</t>
   </si>
   <si>
     <t>5.30</t>
   </si>
   <si>
-    <t>Сенгге Мутулов</t>
+    <t>Sengge Mutulov</t>
   </si>
   <si>
     <t>10.46</t>
   </si>
   <si>
     <t>8.39</t>
   </si>
   <si>
-    <t>Никита Платонов</t>
+    <t>Nikita Platonov</t>
   </si>
   <si>
     <t>10.49</t>
   </si>
   <si>
     <t>8.42</t>
   </si>
   <si>
-    <t>Глеб Батенин</t>
+    <t>Gleb Batenin</t>
   </si>
   <si>
     <t>10.60</t>
   </si>
   <si>
     <t>5.74</t>
   </si>
   <si>
-    <t>Ольга Ясакова</t>
-[...2 lines deleted...]
-    <t>11.37</t>
+    <t>Pavel Mishin</t>
+  </si>
+  <si>
+    <t>11.69</t>
+  </si>
+  <si>
+    <t>6.87</t>
+  </si>
+  <si>
+    <t>Artëm Senkevich</t>
+  </si>
+  <si>
+    <t>11.98</t>
+  </si>
+  <si>
+    <t>10.34</t>
+  </si>
+  <si>
+    <t>Oleg Korovin</t>
+  </si>
+  <si>
+    <t>12.33</t>
+  </si>
+  <si>
+    <t>6.33</t>
+  </si>
+  <si>
+    <t>Olga Yasakova</t>
+  </si>
+  <si>
+    <t>13.16</t>
   </si>
   <si>
     <t>7.12</t>
   </si>
   <si>
-    <t>Павел Мишин</t>
-[...26 lines deleted...]
-    <t>Семен Авдеев</t>
+    <t>Semen Avdeyev</t>
   </si>
   <si>
     <t>14.60</t>
   </si>
   <si>
     <t>11.80</t>
   </si>
   <si>
-    <t>Александр Говорков</t>
+    <t>Aleksandr Govorkov</t>
   </si>
   <si>
     <t>14.62</t>
   </si>
   <si>
     <t>9.49</t>
   </si>
   <si>
-    <t>Даниил Кубасов</t>
+    <t>Daniil Kubasov</t>
   </si>
   <si>
     <t>14.76</t>
   </si>
   <si>
     <t>11.77</t>
   </si>
   <si>
-    <t>Сергей Калачев</t>
+    <t>Sergey Kalachev</t>
   </si>
   <si>
     <t>15.77</t>
   </si>
   <si>
     <t>11.73</t>
   </si>
   <si>
-    <t>Марк Мирук</t>
+    <t>Mark Miruk</t>
   </si>
   <si>
     <t>18.07</t>
   </si>
   <si>
     <t>12.75</t>
   </si>
   <si>
-    <t>Александр Большаков</t>
+    <t>Aleksandr Bolʹshakov</t>
   </si>
   <si>
     <t>19.27</t>
   </si>
   <si>
-    <t>13.95</t>
-[...5 lines deleted...]
-    <t>22.15</t>
+    <t>14.91</t>
+  </si>
+  <si>
+    <t>Daniil Romashkov</t>
+  </si>
+  <si>
+    <t>23.00</t>
   </si>
   <si>
     <t>16.55</t>
   </si>
   <si>
-    <t>Кирилл Никифоров</t>
+    <t>Kirill Nikiforov</t>
   </si>
   <si>
     <t>24.39</t>
   </si>
   <si>
     <t>10.44</t>
   </si>
   <si>
-    <t>Кирилл Калачев</t>
+    <t>Kirill Kalachev</t>
   </si>
   <si>
     <t>37.99</t>
   </si>
   <si>
     <t>15.38</t>
   </si>
   <si>
-    <t>Аркадий Ушмодин</t>
+    <t>Arkadiy Ushmodin</t>
   </si>
   <si>
     <t>40.61</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -768,53 +768,53 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D44"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C44" sqref="C44"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>